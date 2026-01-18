--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2023-11-02T04:00:00Z</t>
   </si>
   <si>
     <t>Scientific Data</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2052-4463</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Species occurrence data are foundational for research, conservation, and science communication, but the limited availability and accessibility of reliable data represents a major obstacle, particularly for insects, which face mounting pressures. We present&lt;italic&gt;BeeBDC&lt;/italic&gt;, a new&lt;italic&gt;R&lt;/italic&gt;package, and a global bee occurrence dataset to address this issue. We combined &gt;18.3 million bee occurrence records from multiple public repositories (GBIF, SCAN, iDigBio, USGS, ALA) and smaller datasets, then standardised, flagged, deduplicated, and cleaned the data using the reproducible&lt;italic&gt;BeeBDC R&lt;/italic&gt;-workflow. Specifically, we harmonised species names (following established global taxonomy), country names, and collection dates and, we added record-level flags for a series of potential quality issues. These data are provided in two formats, “cleaned” and “flagged-but-uncleaned”. The&lt;italic&gt;BeeBDC&lt;/italic&gt;package with online documentation provides end users the ability to modify filtering parameters to address their research questions. By publishing reproducible&lt;italic&gt;R&lt;/italic&gt;workflows and globally cleaned datasets, we can increase the accessibility and reliability of downstream analyses. This workflow can be implemented for other taxa to support research and conservation.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2127744</t>
+    <t>2127744; 2216927</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature Publishing Group</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>