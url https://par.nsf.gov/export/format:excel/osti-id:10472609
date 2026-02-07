--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10472609</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TMC.2023.3282156</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Availability Aware Online Virtual Network Function Backup in Edge Environments</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Yu; Shang, Xiaojun; Mao, Yingling; Liu, Zhenhua; Yang, Yuanyuan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Mobile Computing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 14</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1536-1233</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>With the rapid advancement of edge computing and network function virtualization, it is promising to provide flexible and low-latency network services at the edge. However, due to the vulnerability of edge services and the volatility of edge computing system states, i.e., service request rates, failure rates, and resource prices, it is challenging to minimize the online service cost while providing the availability guarantee. This paper considers the problem of online virtual network function backup under availability constraints (OVBAC) for cost minimization in edge environments. We formulate the problem based on the characteristics of the volatility system states derived from real-world data and show the hardness of the formulated problem. We use an online backup deployment scheme named Drift-Plus-Penalty (DPP) with provable near-optimal performance for the AVBAC problem. In particular, DPP needs to solve an integer programming problem at the beginning of each time slot. We propose a dynamic programming-based algorithm that can optimally solve the problem in pseudo-polynomial time. Extensive real-world data-driven simulations demonstrate that DPP significantly outperforms popular baselines used in practice.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1717731</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>