--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10473676</t>
-[...8 lines deleted...]
-    <t>Jin, Huimin; Niu, Lei; Zheng, Jiajiu; Xu, Peipeng; Majumdar, Arka</t>
+    <t>10213536</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-01-01T05:00:00Z</t>
-[...17 lines deleted...]
-    <t>&lt;p&gt;We propose and simulate a compact (∼29.5 µm-long) nonvolatile polarization switch based on an asymmetric Sb&lt;sub&gt;2&lt;/sub&gt;Se&lt;sub&gt;3&lt;/sub&gt;-clad silicon photonic waveguide. The polarization state is switched between TM&lt;sub&gt;0&lt;/sub&gt;and TE&lt;sub&gt;0&lt;/sub&gt;mode by modifying the phase of nonvolatile Sb&lt;sub&gt;2&lt;/sub&gt;Se&lt;sub&gt;3&lt;/sub&gt;between amorphous and crystalline. When the Sb&lt;sub&gt;2&lt;/sub&gt;Se&lt;sub&gt;3&lt;/sub&gt;is amorphous, two-mode interference happens in the polarization-rotation section resulting in efficient TE&lt;sub&gt;0&lt;/sub&gt;-TM&lt;sub&gt;0&lt;/sub&gt;conversion. On the other hand, when the material is in the crystalline state, there is little polarization conversion because the interference between the two hybridized modes is significantly suppressed, and both TE&lt;sub&gt;0&lt;/sub&gt;and TM&lt;sub&gt;0&lt;/sub&gt;modes go through the device without any change. The designed polarization switch has a high polarization extinction ratio of &gt; 20 dB and an ultra-low excess loss of &lt; 0.22 dB in the wavelength range of 1520-1585 nm for both TE&lt;sub&gt;0&lt;/sub&gt;and TM&lt;sub&gt;0&lt;/sub&gt;modes.&lt;/p&gt;</t>
+    <t>Experimental Evaluation of the Performance of a Nonlinear Dual-Mode Vibration Isolator/Absorber System</t>
+  </si>
+  <si>
+    <t>Bin, P.; Harvey, Jr.</t>
+  </si>
+  <si>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-02-08T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings of the 2021 International Modal Analysis Conference XXXIX</t>
+  </si>
+  <si>
+    <t>3 pp</t>
+  </si>
+  <si>
+    <t>Floor isolation systems (FISs) are used to mitigate earthquake-induced damage to sensitive building contents and equipment. Traditionally, the isolated floor and the primary building structure (PS) are analyzed independently, assuming the PS response is uncoupled from the FIS response. Dynamic coupling may be non-negligible when nonlinearities are present under large deflections at strong disturbance levels. This study investigates a multi-functional FIS that functions primarily as an isolator (i.e., attenuating total acceleration sustained by the isolated equipment) at low-to-moderate disturbance levels, and then passively adapt under strong disturbances to function as a nonlinear (vibro-impact) dynamic vibration absorbers to protect the PS (i.e., reducing inter-story drifts). The FIS, therefore, functions as a dual-model vibration isolator/absorber system, with displacement dependent response adaptation. A scale experimental model—consisting of a three-story frame and an isolated mass—is used to demonstrate and evaluate the design methodology via shake table tests. The properties of the 3D-printed rolling pendulum (RP) bearing, the seismic gap, and the impact mechanism are optimized to achieve the desired dual-mode performance. A suite of four ground motions with varying spectral qualities are used, and their amplitudes are scaled to represent various hazards—from service level earthquake (SLE), to design basis earthquake (DBE), and even maximum considered earthquake (MCE). The performance of the multi-functional FIS is established and is described in this paper.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2003509</t>
-[...8 lines deleted...]
-    <t>Optica</t>
+    <t>1663376</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -288,98 +276,90 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="P2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
-[...10 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>