--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10473738</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Developing pre-service elementary teacher’s computational thinking knowledge through coding and mathematics pedagogy</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gleasman, Cory; Kim, ChanMin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Gibson, D. C.; Ochoa, M. N.; Christensen, R.; Cohen, J.; Crawford, D.; Graziano, K.; Langran, E.; Langub, L.; Rutledge, D.; Voogt, J.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Research highlights in technology and teacher education 2020</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>93–101)</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As computer science education standards are disseminated to K-12 school districts nationally, teacher education programs are left with the challenge of ensuring pre-service teachers are prepared to enter their first classroom with the skills and knowledge necessary to align instruction with the new standards. This paper examines the use of a learning intervention called “Block-Based Coding and Computational Thinking for Conceptual Mathematics” (B2C3Math) that aimed to help pre-service teachers majoring in early childhood and elementary education learn and apply computational thinking concepts to their elementary mathematics teaching. Ten pre-service teachers all at the same stage in their teacher preparation program participated in this convergent mixed-methods study. A focus of the research was placed on how participant’s computational thinking knowledge changed following the implementation of B2C3Math. Findings suggest that there were changes in the participants’ views of computational thinking application to elementary mathematics teaching following the implementation of B2C3Math. Implications for research and instructional practices using B2C3Math for teacher education are discussed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1927595</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Association for Advancement of Computing in Education (AACE)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Waynesville, NC</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>