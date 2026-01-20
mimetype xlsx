--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2023-11-13T05:00:00Z</t>
   </si>
   <si>
     <t>Ambio</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>0044-7447</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Currently, more than half of the world’s human population lives in urban areas, which are increasingly affected by climate hazards. Little is known about how multi-hazard environments affect people, especially those living in urban areas in northern latitudes. This study surveyed homeowners in Anchorage and Fairbanks, USA, Alaska’s largest urban centers, to measure individual risk perceptions, mitigation response, and damages related to wildfire, surface ice hazards, and permafrost thaw. Up to one third of residents reported being affected by all three hazards, with surface ice hazards being the most widely distributed, related to an estimated $25 million in annual damages. Behavioral risk response, policy recommendations for rapidly changing urban environments, and the challenges to local governments in mitigation efforts are discussed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1927537</t>
+    <t>1927537; 1927563</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>p. 389-405</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Science + Business Media</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>