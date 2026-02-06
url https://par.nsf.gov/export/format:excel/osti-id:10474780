--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10474780</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/pra2.796</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The New Information Retrieval Problem: Data Availability</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sharma, Sarika; Wilson, James; Tian, Yubing; Finn, Megan; Acker, Amelia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Association for Information Science and Technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>379 to 387</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2373-9231</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;The goals of open science are driven by policies requiring data management, sharing, and accessibility. One way of measuring the impact of open science policies on scientific knowledge is to access data that has been prepared for re‐use. But how accessible/available are data resources? In this paper, we discuss a method for exploring and locating datasets made available by scientists from federally funded projects in the US. The data pathways method was tested on federal awards. Here we describe the method and the results from analyzing fifty federal awards granted by the National Science Foundation to pursue data resources and their availability in publications, data repositories, or institutional repositories. The data pathways approach contributes to the development of a practical approach on availability that captures the current ways in which data are accessible from federally funded science projects –ranging from institutional repositories, journal data deposit, PI and project web pages, and science data platforms, among other found possibilities. This paper discusses some background and motivations for such a method, the method, research design, barriers encountered when searching for data resources from projects, and how this method can be useful to future studies of data availability.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2020604; 2020183; 2429325</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Association for Information Science and Technology</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>