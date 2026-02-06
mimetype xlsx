--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,193 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...68 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10474798</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Resolving Orbits of Low Mass Companions in the Hyades Cluster</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Schaefer, Gail; Anugu, Narsireddy; Bender, Chad; ten Brummelaar, Theo; Farrington, Christopher; Gies, Douglas; Jones, Jeremy; Kraus, Stefan; Monnier, John; Simon, Michal</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Bulletin of the American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2022n6i305p07</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2330-9458</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We are resolving the orbits of spectroscopic binary stars in the Hyades Cluster using the CHARA Array. We obtained positions and flux ratios in the H-band using the MIRC-X combiner and the K-band using the recently commissioned MYSTIC combiner. We present preliminary orbital fits and mass estimates for four binary systems (HD 27691, HD 28033, HD 28294, and HD 28394). The sample consists of binaries where the primary stars have F-G spectral types and the companions are low mass stars with masses in the range of 0.3-0.9 Msun. The results will be used to test evolutionary models for low mass stars. The large mass difference between the components will provide leverage for testing the isochrones and refining the age of the Hyades cluster.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908026</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Pasadena, CA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>