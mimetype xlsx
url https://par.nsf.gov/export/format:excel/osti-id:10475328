--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10475328</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.24963/kr.2023/37</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Leveraging Large Language Models to Generate Answer Set Programs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ishay, Adam; Yang, Zhun; Lee, Joohyung</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>374 to 383</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-956792-02-7</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Large language models (LLMs), such as GPT-3 and GPT-4, have demonstrated exceptional performance in various natural language processing tasks and have shown the ability to solve certain reasoning problems. However, their reasoning capabilities are limited and relatively shallow, despite the application of various prompting techniques. In contrast, formal logic is adept at handling complex reasoning, but translating natural language descriptions into formal logic is a challenging task that non-experts struggle with. This paper proposes a neuro-symbolic method that combines the strengths of large language models and answer set programming. Specifically, we employ an LLM to transform natural language descriptions of logic puzzles into answer set programs. We carefully design prompts for an LLM to convert natural language descriptions into answer set programs in a step by step manner. Surprisingly, with just a few in-context learning examples, LLMs can generate reasonably complex answer set programs. The majority of errors made are relatively simple and can be easily corrected by humans, thus enabling LLMs to effectively assist in the creation of answer set programs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2006747</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Joint Conferences on Artificial Intelligence Organization</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Rhodes, Greece</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>