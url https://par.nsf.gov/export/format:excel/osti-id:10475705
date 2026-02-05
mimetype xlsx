--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10475705</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Role of Positioning in the Ecological Learning of Human Youth Making for Pet Companions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Parekh, P; Polman, J; Kane, S; Shapiro, R. B.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Blikstein, P.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the International Conference of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-7373306-7-7</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Making engages young people with the material world and reflection-in-action, creating promising science learning contexts. Emphasizing relational and social dimensions of making, we conducted a week-long workshop for middle schoolers who are current and aspiring pet companions. Supporting participants’ inquiry into pets’ senses and related behaviors, we asked them to work on maker projects meant to improve their pets’ lives. Following a qualitative analysis of participants’ positioning in relation to their pets, we present case studies of two female participants’ positioning. We find that through the process of making, the two participants demonstrated an increased awareness of pets’ biology and related behavior and their personal interests in pet care, while also differing in what aspects of human-pet relations they focused on. We conclude that through making, especially in contexts with a robust relational draw, youth become attentive to complex and otherwise difficult-to-notice transactions central to taking care of pets.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1736051</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Montreal</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>