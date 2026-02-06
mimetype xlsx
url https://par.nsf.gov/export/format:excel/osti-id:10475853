--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10475853</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Latent Diffusion for Language Generation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lovelace, Justin; Kishore, Varsha; Wan, Chao; Shekhtman, Eliot; Weinberger, Kilian Q.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Oh, Alice; Naumann, Tristan; Globerson, Amir; Saenko, Kate; Hardt, Moritz; Levine, Sergey</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-11T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Advances in neural information processing systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1049-5258</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Diffusion models have achieved great success in modeling continuous data modalities such as images, audio, and video, but have seen limited use in discrete domains such as language. Recent attempts to adapt diffusion to language have presented diffusion as an alternative to existing pretrained language models. We view diffusion and existing language models as complementary. We demonstrate that encoder-decoder language models can be utilized to efficiently learn high-quality language autoencoders. We then demonstrate that continuous diffusion models can be learned in the latent space of the language autoencoder, enabling us to sample continuous latent representations that can be decoded into natural language with the pretrained decoder. We validate the effectiveness of our approach for unconditional, class-conditional, and sequence-to-sequence language generation. We demonstrate across multiple diverse data sets that our latent language diffusion models are significantly more effective than previous diffusion language models. Our code is available at https://github.com/justinlovelace/latent-diffusion-for-language .</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2118310</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>https://papers.nips.cc/</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>New Orleans</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>