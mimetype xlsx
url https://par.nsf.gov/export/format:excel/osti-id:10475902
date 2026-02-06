--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10475902</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1029/2022GB007680</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Bioavailability of Macro and Micronutrients Across Global Topsoils: Main Drivers and Global Change Impacts</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ochoa‐Hueso, Raúl; Delgado‐Baquerizo, Manuel; Risch, Anita C.; Ashton, Louise; Augustine, David; Bélanger, Nicolas; Bridgham, Scott; Britton, Andrea J.; Bruckman, Viktor J.; Camarero, J. Julio; Cornelissen, Gerard; Crawford, John A.; Dijkstra, Feike A.; Diochon, Amanda; Earl, Stevan; Edgerley, James; Epstein, Howard; Felton, Andrew; Fortier, Julien; Gagnon, Daniel; Greer, Ken; Griffiths, Hannah M.; Halde, Caroline; Hanslin, Hans Martin; Harris, Lorna I.; Hartsock, Jeremy A.; Hendrickson, Paul; Hovstad, Knut Anders; Hu, Jia; Jani, Arun D.; Kent, Kelcy; Kerdraon‐Byrne, Deirdre; Khalsa, Sat Darshan; Lai, Derrick Y.; Lambert, France; LaMontagne, Jalene M.; Lavergne, Stéphanie; Lawrence, Beth A.; Littke, Kim; Leeper, Abigail C.; Licht, Mark A.; Liebig, Mark A.; Lynn, Joshua S.; Maclean, Janet E.; Martinsen, Vegard; McDaniel, Marshall D.; McIntosh, Anne C.; Miesel, Jessica R.; Miller, Jim; Mulvaney, Michael J.; Moreno, Gerardo; Newstead, Laura; Pakeman, Robin J.; Pergl, Jan; Pinno, Bradley D.; Piñeiro, Juan; Quigley, Kathleen; Radtke, Troy M.; Reed, Paul; Rolo, Víctor; Rudgers, Jennifer; Rutherford, P. Michael; Sayer, Emma J.; Serrano‐Grijalva, Lilia; Strack, Maria; Sukdeo, Nicole; Taylor, Andy F.; Truax, Benoit; Tsuji, Leonard J.; van Gestel, Natasja; Vaness, Brenda M.; Van Sundert, Kevin; Vítková, Michaela; Weigel, Robert; Wilton, Meaghan J.; Yano, Yuriko; Teen, Ewing; Bremer, Eric</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Global Biogeochemical Cycles</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0886-6236</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Understanding the chemical composition of our planet's crust was one of the biggest questions of the 20th century. More than 100 years later, we are still far from understanding the global patterns in the bioavailability and spatial coupling of elements in topsoils worldwide, despite their importance for the productivity and functioning of terrestrial ecosystems. Here, we measured the bioavailability and coupling of thirteen macro‐ and micronutrients and phytotoxic elements in topsoils (3–8 cm) from a range of terrestrial ecosystems across all continents (∼10,000 observations) and in response to global change manipulations (∼5,000 observations). For this, we incubated between 1 and 4 pairs of anionic and cationic exchange membranes per site for a mean period of 53 days. The most bioavailable elements (Ca, Mg, and K) were also amongst the most abundant in the crust. Patterns of bioavailability were biome‐dependent and controlled by soil properties such as pH, organic matter content and texture, plant cover, and climate. However, global change simulations resulted in important alterations in the bioavailability of elements. Elements were highly coupled, and coupling was predictable by the atomic properties of elements, particularly mass, mass to charge ratio, and second ionization energy. Deviations from the predictable coupling‐atomic mass relationship were attributed to global change and agriculture. Our work illustrates the tight links between the bioavailability and coupling of topsoil elements and environmental context, human activities, and atomic properties of elements, thus deeply enhancing our integrated understanding of the biogeochemical connections that underlie the productivity and functioning of terrestrial ecosystems in a changing world.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1832016; 1643871; 1655499</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AGU</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>