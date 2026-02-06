--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10476413</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.patter.2023.100863</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Knowledge-driven learning, optimization, and experimental design under uncertainty for materials discovery</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Qian, Xiaoning; Yoon, Byung-Jun; Arróyave, Raymundo; Qian, Xiaofeng; Dougherty, Edward R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-10T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Patterns</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>100863</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2666-3899</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Thanks to the rapid advances in artificial intelligence, AI for science (AI4Science) has emerged as one of the new promising research directions for modern science and engineering. In this review, we focus on recent efforts to develop knowledge-driven Bayesian learning and experimental design methods for accelerating the discovery of novel functional materials as well as enhancing the understanding of composition-process-structure-property relationships. We specifically discuss the challenges and opportunities in integrating prior scientific knowledge and physics principles with AI and machine learning (ML) models for accelerating materials and knowledge discovery. The current state-of-the-art methods in knowledge-based prior construction, model fusion, uncertainty quantification, optimal experimental design, and symbolic regression are detailed in the review, along with several detailed case studies and results in materials discovery.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1835690; 2226908; 1753054</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Cell Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>