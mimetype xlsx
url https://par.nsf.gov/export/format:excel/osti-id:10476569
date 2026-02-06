--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,182 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...130 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -196,189 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10476569</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-031-30589-4_5</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Randomized Half-Ideal Cipher on Groups with Applications to UC (a)PAKE</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Santos, Bruno Freitas; Gu, Yanqi; Jarecki, Stanislaw</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Hazay, Carmit; Stam, Martin</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Lecture notes in computer science:  Advances in Cryptology – EUROCRYPT 2023. EUROCRYPT 2023</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>14008</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0302-9743</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>An Ideal Cipher (IC) is a cipher where each key defines a random permutation on the domain. Ideal Cipher on a group has many attractive applications, e.g., the Encrypted Key Exchange (EKE) protocol for Password Authenticated Key Exchange (PAKE) [8], or asymmetric PAKE (aPAKE) [31, 33]. However, known constructions for IC on a group domain all have drawbacks, including key leakage from timing information [12], requiring 4 hash-onto-group operations if IC is an 8-round Feistel [22], and limiting the domain to half the group [9] or using variable-time encoding [39, 47] if IC is implemented via (quasi-) bijections from groups to bitstrings [33].
+We propose an IC relaxation called a (Randomized) Half-Ideal Cipher (HIC), and we show that HIC on a group can be realized by a modified 2-round Feistel (m2F), at a cost of 1 hash-onto-group operation, which beats existing IC constructions in versatility and computational cost. HIC weakens IC properties by letting part of the ciphertext be non-random, but we exemplify that it can be used as a drop-in replacement for IC by showing that EKE [8] and aPAKE of [33] realize respectively UC PAKE and UC aPAKE even if they use HIC instead of IC. The m2F construction can also serve as IC domain extension, because m2F constructs HIC on domain D from an RO-indifferentiable hash onto D and an IC on 2k-bit strings, for k a security parameter. One application of such extender is a modular lattice-based UC PAKE using EKE instantiated with HIC and anonymous lattice-based KEM.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2030575</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>https://link.springer.com/chapter/10.1007/978-3-031-30589-4_5</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-031-30589-4\_5</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>