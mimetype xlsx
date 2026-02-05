--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10477228</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/cts.13301</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Progress toward a universal biomedical data translator</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Fecho, Karamarie; Thessen, Anne E.; Baranzini, Sergio E.; Bizon, Chris; Hadlock, Jennifer J.; Huang, Sui; Roper, Ryan T.; Southall, Noel; Ta, Casey; Watkins, Paul B.; Williams, Mark D.; Xu, Hao; Byrd, William; Dančík, Vlado; Duby, Marc P.; Dumontier, Michel; Glusman, Gustavo; Harris, Nomi L.; Hinderer, Eugene W.; Hyde, Greg; Johs, Adam; Su, Andrew I.; Qin, Guangrong; Zhu, Qian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>The Biomedical Data Translator Consortium</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Clinical and Translational Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1838 to 1847</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1752-8054</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Clinical, biomedical, and translational science has reached an inflection point in the breadth and diversity of available data and the potential impact of such data to improve human health and well‐being. However, the data are often siloed, disorganized, and not broadly accessible due to discipline‐specific differences in terminology and representation. To address these challenges, the Biomedical Data Translator Consortium has developed and tested a pilot knowledge graph‐based “Translator” system capable of integrating existing biomedical data sets and “translating” those data into insights intended to augment human reasoning and accelerate translational science. Having demonstrated feasibility of the Translator system, the Translator program has since moved into development, and the Translator Consortium has made significant progress in the research, design, and implementation of an operational system. Herein, we describe the current system’s architecture, performance, and quality of results. We apply Translator to several real‐world use cases developed in collaboration with subject‐matter experts. Finally, we discuss the scientific and technical features of Translator and compare those features to other state‐of‐the‐art, biomedical graph‐based question‐answering systems.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2033569</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>