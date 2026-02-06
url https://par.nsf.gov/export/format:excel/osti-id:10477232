--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10477232</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/jamia/ocab270</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Embedding electronic health records onto a knowledge network recognizes prodromal features of multiple sclerosis and predicts diagnosis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nelson, Charlotte A; Bove, Riley; Butte, Atul J; Baranzini, Sergio E</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-16T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of the American Medical Informatics Association</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>424 to 434</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1067-5027</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;sec&gt;&lt;title&gt;Objective&lt;/title&gt;&lt;p&gt;Early identification of chronic diseases is a pillar of precision medicine as it can lead to improved outcomes, reduction of disease burden, and lower healthcare costs. Predictions of a patient’s health trajectory have been improved through the application of machine learning approaches to electronic health records (EHRs). However, these methods have traditionally relied on “black box” algorithms that can process large amounts of data but are unable to incorporate domain knowledge, thus limiting their predictive and explanatory power. Here, we present a method for incorporating domain knowledge into clinical classifications by embedding individual patient data into a biomedical knowledge graph.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Materials and Methods&lt;/title&gt;&lt;p&gt;A modified version of the Page rank algorithm was implemented to embed millions of deidentified EHRs into a biomedical knowledge graph (SPOKE). This resulted in high-dimensional, knowledge-guided patient health signatures (ie, SPOKEsigs) that were subsequently used as features in a random forest environment to classify patients at risk of developing a chronic disease.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Results&lt;/title&gt;&lt;p&gt;Our model predicted disease status of 5752 subjects 3 years before being diagnosed with multiple sclerosis (MS) (AUC = 0.83). SPOKEsigs outperformed predictions using EHRs alone, and the biological drivers of the classifiers provided insight into the underpinnings of prodromal MS.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Conclusion&lt;/title&gt;&lt;p&gt;Using data from EHR as input, SPOKEsigs describe patients at both the clinical and biological levels. We provide a clinical use case for detecting MS up to 5 years prior to their documented diagnosis in the clinic and illustrate the biological features that distinguish the prodromal MS state.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2033569</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Oxford Academic</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>