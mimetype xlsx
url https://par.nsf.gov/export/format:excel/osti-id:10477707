--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10477707</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3579511</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Open Data Intermediaries: Motivations, Barriers and Facilitators to Engagement</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dove, Graham; Shanley, Jack; Matuk, Camillia; Nov, Oded</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>CSCW1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 22</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-0142</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Open data programs have become increasingly established at national and local levels of government. While the degree of success these programs have had in achieving their objectives remains open to question, one factor that has been identified as important to any success is the role of open data intermediaries, individuals and organizations that help others to make use of open data. In this paper we investigate how people become engaged with open data, what their motivations are, and the barriers and facilitators program participants perceive with regard to using open data effectively. We interview participants from a variety of backgrounds with differing levels of experience and engagement with open data. Participants include students learning how to train others in open data techniques and tools; people who attend open data events and use open data for commercial or social benefit; and representatives from local government, municipal agencies and a civic tech non-profit. We identify pathways to successfully developing and nurturing a community of open data intermediaries, and make five recommendations for organizations planning and managing open data programs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2005890</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>