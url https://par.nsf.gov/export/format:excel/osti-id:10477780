--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2023-12-04T05:00:00Z</t>
   </si>
   <si>
     <t>The Astronomical Journal</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0004-6256</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;We confirm the planetary nature of TOI-5344 b as a transiting giant exoplanet around an M0-dwarf star. TOI-5344 b was discovered with the Transiting Exoplanet Survey Satellite photometry and confirmed with ground-based photometry (the Red Buttes Observatory 0.6 m telescope), radial velocity (the Habitable-zone Planet Finder), and speckle imaging (the NN-Explore Exoplanet Stellar Speckle Imager). TOI-5344 b is a Saturn-like giant planet (&lt;italic&gt;ρ&lt;/italic&gt;= 0.80&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow/&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.15&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.17&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;inline-graphic href='ajad09c2ieqn1.gif' type='simple'/&gt;&lt;/inline-formula&gt;g cm&lt;sup&gt;−3&lt;/sup&gt;) with a planetary radius of 9.7 ± 0.5&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;(0.87 ± 0.04&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;Jup&lt;/sub&gt;) and a planetary mass of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;135&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;18&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;17&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.33em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊕&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;inline-graphic href='ajad09c2ieqn2.gif' type='simple'/&gt;&lt;/inline-formula&gt;(0.42&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow/&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.06&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.05&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.33em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;Jup&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;inline-graphic href='ajad09c2ieqn3.gif' type='simple'/&gt;&lt;/inline-formula&gt;). It has an orbital period of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;3.792622&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.000010&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.000010&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;inline-graphic href='ajad09c2ieqn4.gif' type='simple'/&gt;&lt;/inline-formula&gt;days and an orbital eccentricity of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;0.06&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.04&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.07&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;inline-graphic href='ajad09c2ieqn5.gif' type='simple'/&gt;&lt;/inline-formula&gt;. We measure a high metallicity for TOI-5344 of [Fe/H] = 0.48 ± 0.12, where the high metallicity is consistent with expectations from formation through core accretion. We compare the metallicity of the M-dwarf hosts of giant exoplanets to that of M-dwarf hosts of nongiants (≲8&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;). While the two populations appear to show different metallicity distributions, quantitative tests are prohibited by various sample caveats.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1910954; 1909506; 2108512; 2108493; 2108801; 2108569</t>
+    <t>1910954; 1909506; 2108512; 2108493; 2108801; 2108569; 2009554; 2538457; 2108616</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Article No. 4</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>