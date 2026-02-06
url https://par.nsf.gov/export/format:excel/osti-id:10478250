--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10478250</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1080/1046560X.2023.2287321</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Evaluating the Effectiveness of an Online Professional Development for Rural Middle-School Science Teachers</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Moore, Brooke A.; Legleiter, Earl F.; Owens, Kylia; Packard, Brynne; Wright, Jessica</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-28T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Science Teacher Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 19</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1046-560X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In rural, geographically dispersed school districts, access to high-quality face-to-face professional development (PD) is challenging. Our study developed and compared the effectiveness of an online PD for middle-school science teachers working in remote, rural areas of Kansas with an evidence-based traditional face-to-face PD. Fifteen rural middle-school science teacher participants were randomly selected to participate in the online or traditional PD, then taught the Toward High School Biology curriculum to their 504 middle-school students. Findings aligned with our hypothesis that online PD is as effective as traditional in improving student content knowledge. Teachers’ instructional practices in using Next Generation Science Standards improved, as did their use of student-centered instruction and making science relevant to the lives of their students.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908937</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Taylor &amp; Francis</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>