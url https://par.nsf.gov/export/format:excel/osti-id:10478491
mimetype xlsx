--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,173 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...121 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -187,187 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10478491</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Trustable LSTM-Autoencoder Network for Cyberbullying Detection on Social Media Using Synthetic Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Akter, M; Shahriar, H; Cuzzocrea, A; Wu, F; Rodriguez-Cardenas, J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-15T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Big Data 2023</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Social media cyberbullying has a detrimental effect on human life. As online social networking grows daily, the amount of hate speech also increases. Such terrible content can cause depression and actions related to suicide. This paper proposes a trustable LSTM Autoencoder Network for cyberbullying detection on social media using synthetic data. We have demonstrated a cutting-edge method to address data availability difficulties by producing machine-translated data. However, several languages such as Hindi and Bangla still lack adequate investigations due to a lack of datasets. We carried out experimental identification of aggressive comments on Hindi, Bangla, and English datasets using the proposed model and traditional models, including Long Short-Term Memory (LSTM), Bidirectional Long Short-Term Memory (BiLSTM), LSTM-Autoencoder, Word2vec, Bidirectional
+Encoder Representations from Transformers (BERT), and Generative Pre-trained Transformer 2 (GPT-2) models. We employed evaluation metrics such as f1-score, accuracy, precision, and recall to assess the models’ performance. Our proposed model outperformed all the models on all datasets, achieving the highest accuracy of 95%. Our model achieves state-of-the-art results among all the previous works on the dataset we used in this paper.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1946442; 2100115; 2209638</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Sorrento, Italy</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>