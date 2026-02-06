--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10478755</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/cancers15235496</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>3DGAUnet: 3D Generative Adversarial Networks with a 3D U-Net Based Generator to Achieve the Accurate and Effective Synthesis of Clinical Tumor Image Data for Pancreatic Cancer</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shi, Yu; Tang, Hannah; Baine, Michael J.; Hollingsworth, Michael A.; Du, Huijing; Zheng, Dandan; Zhang, Chi; Yu, Hongfeng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Cancers</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5496</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2072-6694</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pancreatic ductal adenocarcinoma (PDAC) presents a critical global health challenge, and early detection is crucial for improving the 5-year survival rate. Recent medical imaging and computational algorithm advances offer potential solutions for early diagnosis. Deep learning, particularly in the form of convolutional neural networks (CNNs), has demonstrated success in medical image analysis tasks, including classification and segmentation. However, the limited availability of clinical data for training purposes continues to represent a significant obstacle. Data augmentation, generative adversarial networks (GANs), and cross-validation are potential techniques to address this limitation and improve model performance, but effective solutions are still rare for 3D PDAC, where the contrast is especially poor, owing to the high heterogeneity in both tumor and background tissues. In this study, we developed a new GAN-based model, named 3DGAUnet, for generating realistic 3D CT images of PDAC tumors and pancreatic tissue, which can generate the inter-slice connection data that the existing 2D CT image synthesis models lack. The transition to 3D models allowed the preservation of contextual information from adjacent slices, improving efficiency and accuracy, especially for the poor-contrast challenging case of PDAC. PDAC’s challenging characteristics, such as an iso-attenuating or hypodense appearance and lack of well-defined margins, make tumor shape and texture learning challenging. To overcome these challenges and improve the performance of 3D GAN models, our innovation was to develop a 3D U-Net architecture for the generator, to improve shape and texture learning for PDAC tumors and pancreatic tissue. Thorough examination and validation across many datasets were conducted on the developed 3D GAN model, to ascertain the efficacy and applicability of the model in clinical contexts. Our approach offers a promising path for tackling the urgent requirement for creative and synergistic methods to combat PDAC. The development of this GAN-based model has the potential to alleviate data scarcity issues, elevate the quality of synthesized data, and thereby facilitate the progression of deep learning models, to enhance the accuracy and early detection of PDAC tumors, which could profoundly impact patient outcomes. Furthermore, the model has the potential to be adapted to other types of solid tumors, hence making significant contributions to the field of medical imaging in terms of image processing models.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1853636</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Cancers</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>