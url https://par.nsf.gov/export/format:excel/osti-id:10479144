--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10479144</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Centering teacher and parent voice to realize culturally relevant computational thinking in early childhood</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Frances K. Harper, Lori A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Early childhood research quarterly</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1873-7706</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The specific mechanisms by which teachers and parents can provide culturally relevant opportunities for computational thinking for racially/ethnically and linguistically diverse groups of preschoolers remain unknown. Accordingly, the purpose of this research is to examine how PreK parent and teacher voice directed efforts to realize a culturally relevant computing program. We drew data sources from a subsample of design-based research meetings in which partners collaborated to co-develop the first iteration of the program. Using qualitative analysis, we examined how parent voice and teacher voice, conceptualized as perspectives and participation, influenced theories of culturally responsive computing and computational thinking in early childhood education and the translation of theory into practice in classroom and home settings. Findings showed that connecting powerful ideas from computational thinking, namely algorithms and problem solving (e.g., debugging), to familiar activities and experiences served as a powerful entry point. Yet, differences arose in how teachers and parents conceptualized culturally relevant computing and made connections to familiar routines. We discuss what can be learned from parent voice in regards to bolstering children's self-expression, access to increasingly complex computational thinking tasks, and opportunities for learning cultural and community values through computing.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031394</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Science Direct</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>