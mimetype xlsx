--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10480625</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/acb04a</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The JWST Early-release Science Program for Direct Observations of Exoplanetary Systems II: A 1 to 20 μm Spectrum of the Planetary-mass Companion VHS 1256–1257 b</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Miles, Brittany E.; Biller, Beth A.; Patapis, Polychronis; Worthen, Kadin; Rickman, Emily; Hoch, Kielan K.; Skemer, Andrew; Perrin, Marshall D.; Whiteford, Niall; Chen, Christine H.; Sargent, B.; Mukherjee, Sagnick; Morley, Caroline V.; Moran, Sarah E.; Bonnefoy, Mickael; Petrus, Simon; Carter, Aarynn L.; Choquet, Elodie; Hinkley, Sasha; Ward-Duong, Kimberly; Leisenring, Jarron M.; Millar-Blanchaer, Maxwell A.; Pueyo, Laurent; Ray, Shrishmoy; Sallum, Steph; Stapelfeldt, Karl R.; Stone, Jordan M.; Wang, Jason J.; Absil, Olivier; Balmer, William O.; Boccaletti, Anthony; Bonavita, Mariangela; Booth, Mark; Bowler, Brendan P.; Chauvin, Gael; Christiaens, Valentin; Currie, Thayne; Danielski, Camilla; Fortney, Jonathan J.; Girard, Julien H.; Grady, Carol A.; Greenbaum, Alexandra Z.; Henning, Thomas; Hines, Dean C.; Janson, Markus; Kalas, Paul; Kammerer, Jens; Kennedy, Grant M.; Kenworthy, Matthew A.; Kervella, Pierre; Lagage, Pierre-Olivier; Lew, Ben W.; Liu, Michael C.; Macintosh, Bruce; Marino, Sebastian; Marley, Mark S.; Marois, Christian; Matthews, Elisabeth C.; Matthews, Brenda C.; Mawet, Dimitri; McElwain, Michael W.; Metchev, Stanimir; Meyer, Michael R.; Molliere, Paul; Pantin, Eric; Quirrenbach, Andreas; Rebollido, Isabel; Ren, Bin B.; Schneider, Glenn; Vasist, Malavika; Wyatt, Mark C.; Zhou, Yifan; Briesemeister, Zackery W.; Bryan, Marta L.; Calissendorff, Per; Cantalloube, Faustine; Cugno, Gabriele; De Furio, Matthew; Dupuy, Trent J.; Factor, Samuel M.; Faherty, Jacqueline K.; Fitzgerald, Michael P.; Franson, Kyle; Gonzales, Eileen C.; Hood, Callie E.; Howe, Alex R.; Kraus, Adam L.; Kuzuhara, Masayuki; Lagrange, Anne-Marie; Lawson, Kellen; Lazzoni, Cecilia; Liu, Pengyu; Llop-Sayson, Jorge; Lloyd, James P.; Martinez, Raquel A.; Mazoyer, Johan; Quanz, Sascha P.; Redai, Jea Adams; Samland, Matthias; Schlieder, Joshua E.; Tamura, Motohide; Tan, Xianyu; Uyama, Taichi; Vigan, Arthur; Vos, Johanna M.; Wagner, Kevin; Wolff, Schuyler G.; Ygouf, Marie; Zhang, Xi; Zhang, Keming; Zhang, Zhoujian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>946</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present the highest fidelity spectrum to date of a planetary-mass object. VHS 1256 b is&lt;italic&gt;a&lt;/italic&gt;&lt;20&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;Jup&lt;/sub&gt;widely separated (∼8″,&lt;italic&gt;a&lt;/italic&gt;= 150 au), young, planetary-mass companion that shares photometric colors and spectroscopic features with the directly imaged exoplanets HR 8799c, d, and e. As an L-to-T transition object, VHS 1256 b exists along the region of the color–magnitude diagram where substellar atmospheres transition from cloudy to clear. We observed VHS 1256 b with JWST's NIRSpec IFU and MIRI MRS modes for coverage from 1 to 20&lt;italic&gt;μ&lt;/italic&gt;m at resolutions of ∼1000–3700. Water, methane, carbon monoxide, carbon dioxide, sodium, and potassium are observed in several portions of the JWST spectrum based on comparisons from template brown dwarf spectra, molecular opacities, and atmospheric models. The spectral shape of VHS 1256 b is influenced by disequilibrium chemistry and clouds. We directly detect silicate clouds, the first such detection reported for a planetary-mass companion.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1910969</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>