--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10480630</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/acd93e</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems I: High-contrast Imaging of the Exoplanet HIP 65426 b from 2 to 16 μm</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Carter, Aarynn L.; Hinkley, Sasha; Kammerer, Jens; Skemer, Andrew; Biller, Beth A.; Leisenring, Jarron M.; Millar-Blanchaer, Maxwell A.; Petrus, Simon; Stone, Jordan M.; Ward-Duong, Kimberly; Wang, Jason J.; Girard, Julien H.; Hines, Dean C.; Perrin, Marshall D.; Pueyo, Laurent; Balmer, William O.; Bonavita, Mariangela; Bonnefoy, Mickael; Chauvin, Gael; Choquet, Elodie; Christiaens, Valentin; Danielski, Camilla; Kennedy, Grant M.; Matthews, Elisabeth C.; Miles, Brittany E.; Patapis, Polychronis; Ray, Shrishmoy; Rickman, Emily; Sallum, Steph; Stapelfeldt, Karl R.; Whiteford, Niall; Zhou, Yifan; Absil, Olivier; Boccaletti, Anthony; Booth, Mark; Bowler, Brendan P.; Chen, Christine H.; Currie, Thayne; Fortney, Jonathan J.; Grady, Carol A.; Greebaum, Alexandra Z.; Henning, Thomas; Hoch, Kielan K.; Janson, Markus; Kalas, Paul; Kenworthy, Matthew A.; Kervella, Pierre; Kraus, Adam L.; Lagage, Pierre-Olivier; Liu, Michael C.; Macintosh, Bruce; Marino, Sebastian; Marley, Mark S.; Marois, Christian; Matthews, Brenda C.; Mawet, Dimitri; McElwain, Michael W.; Metchev, Stanimir; Meyer, Michael R.; Molliere, Paul; Moran, Sarah E.; Morley, Caroline V.; Mukherjee, Sagnick; Pantin, Eric; Quirrenbach, Andreas; Rebollido, Isabel; Ren, Bin B.; Schneider, Glenn; Vasist, Malavika; Worthen, Kadin; Wyatt, Mark C.; Briesemeister, Zackery W.; Bryan, Marta L.; Calissendorff, Per; Cantalloube, Faustine; Cugno, Gabriele; De Furio, Matthew; Dupuy, Trent J.; Factor, Samuel M.; Faherty, Jacqueline K.; Fitzgerald, Michael P.; Franson, Kyle; Gonzales, Eileen C.; Hood, Callie E.; Howe, Alex R.; Kuzuhara, Masayuki; Lagrange, Anne-Marie; Lawson, Kellen; Lazzoni, Cecilia; Lew, Ben W.; Liu, Pengyu; Llop-Sayson, Jorge; Lloyd, James P.; Martinez, Raquel A.; Mazoyer, Johan; Palma-Bifani, Paulina; Quanz, Sascha P.; Redai, Jea Adams; Samland, Matthias; Schlieder, Joshua E.; Tamura, Motohide; Tan, Xianyu; Uyama, Taichi; Vigan, Arthur; Vos, Johanna M.; Wagner, Kevin; Wolff, Schuyler G.; Ygouf, Marie; Zhang, Xi; Zhang, Keming; Zhang, Zhoujian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>951</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L20</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present JWST Early Release Science coronagraphic observations of the super-Jupiter exoplanet, HIP 65426b, with the Near-Infrared Camera (NIRCam) from 2 to 5&lt;italic&gt;μ&lt;/italic&gt;m, and with the Mid-Infrared Instrument (MIRI) from 11 to 16&lt;italic&gt;μ&lt;/italic&gt;m. At a separation of ∼0.″82 (87&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow/&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;31&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;108&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;inline-graphic href='apjlacd93eieqn1.gif' type='simple'/&gt;&lt;/inline-formula&gt;au), HIP 65426b is clearly detected in all seven of our observational filters, representing the first images of an exoplanet to be obtained by JWST, and the first-ever direct detection of an exoplanet beyond 5&lt;italic&gt;μ&lt;/italic&gt;m. These observations demonstrate that JWST is exceeding its nominal predicted performance by up to a factor of 10, depending on separation and subtraction method, with measured 5&lt;italic&gt;σ&lt;/italic&gt;contrast limits of ∼1 × 10&lt;sup&gt;−5&lt;/sup&gt;and ∼2 × 10&lt;sup&gt;−4&lt;/sup&gt;at 1″ for NIRCam at 4.4&lt;italic&gt;μ&lt;/italic&gt;m and MIRI at 11.3&lt;italic&gt;μ&lt;/italic&gt;m, respectively. These contrast limits provide sensitivity to sub-Jupiter companions with masses as low as 0.3&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;Jup&lt;/sub&gt;beyond separations of ∼100 au. Together with existing ground-based near-infrared data, the JWST photometry are fit well by a&lt;monospace&gt;BT-SETTL&lt;/monospace&gt;atmospheric model from 1 to 16&lt;italic&gt;μ&lt;/italic&gt;m, and they span ∼97% of HIP 65426b's luminous range. Independent of the choice of model atmosphere, we measure an empirical bolometric luminosity that is tightly constrained between&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi&gt;log&lt;/mi&gt;&lt;mfenced close=')' open='('&gt;&lt;mrow&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;L&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;bol&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mrow&gt;&lt;mo stretchy='true'&gt;/&lt;/mo&gt;&lt;/mrow&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;L&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊙&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/mfenced&gt;&lt;/math&gt;&lt;inline-graphic href='apjlacd93eieqn2.gif' type='simple'/&gt;&lt;/inline-formula&gt;= −4.31 and −4.14, which in turn provides a robust mass constraint of 7.1 ± 1.2&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;Jup&lt;/sub&gt;. In totality, these observations confirm that JWST presents a powerful and exciting opportunity to characterize the population of exoplanets amenable to high-contrast imaging in greater detail.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1910969</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>