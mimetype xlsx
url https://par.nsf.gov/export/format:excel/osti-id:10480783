--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10480783</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/acb344</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Swansong of the Galactic Center Source X7: An Extreme Example of Tidal Evolution near the Supermassive Black Hole</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ciurlo, Anna; Campbell, Randall D.; Morris, Mark R.; Do, Tuan; Ghez, Andrea M.; Becklin, Eric E.; Bentley, Rory O.; Chu, Devin S.; Gautam, Abhimat K.; Gursahani, Yash A.; Hees, Aurélien; O’Neil, Kelly Kosmo; Lu, Jessica R.; Martinez, Gregory D.; Naoz, Smadar; Sakai, Shoko; Schödel, Rainer</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>944</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>136</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present two decades of new high-angular-resolution near-infrared data from the W. M. Keck Observatory that reveal extreme evolution in X7, an elongated dust and gas feature, presently located half an arcsecond from the Galactic Center supermassive black hole. With both spectro-imaging observations of Br-&lt;italic&gt;γ&lt;/italic&gt;line emission and&lt;italic&gt;Lp&lt;/italic&gt;(3.8&lt;italic&gt;μ&lt;/italic&gt;m) imaging data, we provide the first estimate of its orbital parameters and quantitative characterization of the evolution of its morphology and mass. We find that the leading edge of X7 appears to be on a mildly eccentric (&lt;italic&gt;e&lt;/italic&gt;∼ 0.3), relatively short-period (170 yr) orbit and is headed toward periapse passage, estimated to occur in ∼2036. Furthermore, our kinematic measurements rule out the earlier suggestion that X7 is associated with the stellar source S0-73 or with any other point source that has overlapped with X7 during our monitoring period. Over the course of our observations, X7 has (1) become more elongated, with a current length-to-width ratio of 9, (2) maintained a very consistent long-axis orientation (position angle of 50°), (3) inverted its radial velocity differential from tip to tail from −50 to +80 km s&lt;sup&gt;−1&lt;/sup&gt;, and (4) sustained its total brightness (12.8&lt;italic&gt;Lp&lt;/italic&gt;magnitudes at the leading edge) and color temperature (425 K), which suggest a constant mass of ∼50&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;Earth&lt;/sub&gt;. We present a simple model showing that these results are compatible with the expected effect of tidal forces exerted on it by the central black hole, and we propose that X7 is the gas and dust recently ejected from a grazing collision in a binary system.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1909554</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>