--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10481681</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/BAMS-D-23-0013.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Generalized Aerosol/Chemistry Interface (GIANT): A Community Effort to Advance Collaborative Science across Weather and Climate Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hodzic, Alma; Mahowald, Natalie; Dawson, Matthew; Johnson, Jeffrey; Bernardet, Ligia; Bosler, Peter A.; Fast, Jerome D.; Fierce, Laura; Liu, Xiaohong; Ma, Po-Lun; Murphy, Benjamin; Riemer, Nicole; Schulz, Michael</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Bulletin of the American Meteorological Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>E2065 to E2080</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0003-0007</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Atmospheric aerosol and chemistry modules are key elements in Earth system models (ESMs), as they predict air pollutant concentrations and properties that can impact human health, weather, and climate. The current uncertainty in climate projections is partly due to the inaccurate representation of aerosol direct and indirect forcing. Aerosol/chemistry parameterizations used within ESMs and other atmospheric models span large structural and parameter uncertainties that are difficult to assess independently of their host models. Moreover, there is a strong need for a standardized interface between aerosol/chemistry modules and the host model to facilitate portability of aerosol/chemistry parameterizations from one model to another, allowing not only a comparison between different parameterizations within the same modeling framework, but also quantifying the impact of different model frameworks on aerosol/chemistry predictions. To address this need, we have initiated a new community effort to coordinate the construction of a Generalized Aerosol/Chemistry Interface (GIANT) for use across weather and climate models. We aim to organize a series of community workshops and hackathons to design and build GIANT, which will serve as the interface between a range of aerosol/chemistry modules and the physics and dynamics components of atmospheric host models. GIANT will leverage ongoing efforts at the U.S. modeling centers focused on building next-generation ESMs and the international AeroCom initiative to implement this common aerosol/chemistry interface. GIANT will create transformative opportunities for scientists and students to conduct innovative research to better characterize structural and parametric uncertainties in aerosol/chemistry modules, and to develop a common set of aerosol/chemistry parameterizations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1941110</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Meteorological Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>