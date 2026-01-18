--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10481842</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/09500170231199404</t>
   </si>
   <si>
     <t>Consent and Contestation: How Platform Workers Reckon with the Risks of Gig Labor</t>
   </si>
   <si>
-    <t>Schor, Juliet_B [Boston College, USA] (ORCID:0000000196351232); Tirrell, Christopher [Northeastern University, USA] (ORCID:0009000020942212); Vallas, Steven_Peter [Northeastern University, USA] (ORCID:0000000341013353)</t>
+    <t>Schor, Juliet_B (ORCID:0000000196351232); Tirrell, Christopher (ORCID:0009000020942212); Vallas, Steven_Peter (ORCID:0000000341013353)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-09-28T04:00:00Z</t>
   </si>
   <si>
     <t>Work, Employment and Society</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>0950-0170</t>
   </si>
   <si>
     <t>&lt;p&gt;How do gig workers respond to the various financial, physical, and legal risks their work entails? Answers to this question have remained unclear, largely because previous studies have overlooked structurally induced variations in the experience of platform work. In this article, we develop a theory of differential embeddedness to explain why workers’ orientations toward the risks of gig work vary. We argue further that because platforms define themselves merely as mediators of exchanges between workers and customers, they systematically expose workers to various forms of customer malfeasance, ranging from fraud and tip baiting to harassment and assault. We develop this perspective using interviews with 70 workers in the ride-hail, grocery shopping, and food delivery sectors. The structure of labor platforms indirectly invites workers to exhibit distinct normative orientations toward the risks that gig work entails while also multiplying the sources of these risks.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>