--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10482418</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Hidden Symmetries of ReLU Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Grigsby, Elisenda; Lindsey, Kathryn; Rolnick, David</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Krause, Andreas; Brunskill, Emma; Cho, Kyunghyun; Engelhardt, Barbara; Sabato, Sivan; Scarlett, Jonathan.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of Machine Learning Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>202</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>11734--11760</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2640-3498</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The parameter space for any fixed architecture of feedforward ReLU neural networks serves as a proxy during training for the associated class of functions - but how faithful is this representation? It is known that many different parameter settings $\theta$ can determine the same function $f$. Moreover, the degree of this redundancy is inhomogeneous: for some networks, the only symmetries are permutation of neurons in a layer and positive scaling of parameters at a neuron, while other networks admit additional hidden symmetries. In this work, we prove that, for any network architecture where no layer is narrower than the input, there exist parameter settings with no hidden symmetries. We also describe a number of mechanisms through which hidden symmetries can arise, and empirically approximate the functional dimension of different network architectures at initialization. These experiments indicate that the probability that a network has no hidden symmetries decreases towards 0 as depth increases, while increasing towards 1 as width and input dimension increase.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2133822</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of Machine Learning Research (PMLR)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>https://proceedings.mlr.press/v202/grigsby23a.html</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>