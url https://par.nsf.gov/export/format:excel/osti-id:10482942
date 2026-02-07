--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10482942</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1121/10.0022325</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Angle-dependent phononic dynamics for data-driven source localization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Weidi; Mokhtari, Amir Ashkan; Srivastava, Ankit; Amirkhizi, Alireza V.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Journal of the Acoustical Society of America</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>154</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2904 to 2916</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0001-4966</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The source angle localization problem is studied based on scattering of elastic waves in two dimensions by a phononic array and the exceptional points of its band structure. Exceptional points are complex singularities of a parameterized eigen-spectrum, where two modes coalesce with identical mode shapes. These special points mark the qualitative transitions in the system behavior and have been proposed for sensing applications. The equi-frequency band structures are analyzed with focus on the angle-dependent modal behaviors. At the exceptional points and critical angles, the eigen-modes switch their energy characteristics and symmetry, leading to enhanced sensitivity as the scattering response of the medium is inherently angle-dependent. An artificial neural network is trained with randomly weighted and superposed eigen-modes to achieve deep learning of the angle-dependent dynamics. The trained algorithm can accurately classify the incident angle of an unknown scattering signal, with minimal sidelobe levels and suppressed main lobewidth. The neural network approach shows superior localization performance compared with standard delay-and-sum technique. The proposed application of the phononic array highlights the physical relevance of band topology and eigen-modes to a technological application, adds extra strength to the existing localization methods, and can be easily enhanced with the fast-growing data-driven techniques.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1825969</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Acoustical Society of America</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>