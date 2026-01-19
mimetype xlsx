--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2023-04-01T04:00:00Z</t>
   </si>
   <si>
     <t>Royal Society Open Science</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2054-5703</t>
   </si>
   <si>
     <t>&lt;p&gt;Judgement bias, or ‘optimism’ and ‘pessimism’, has been demonstrated across many taxa, yet the cognitive mechanisms underlying this behaviour remain unclear. In an optimism paradigm, animals are trained to an association, and, if given a positive experience, behave more favourably towards ‘ambiguous’ stimuli. We tested whether this effect could be explained by changes to stimulus response gradients by giving bees a task where their response was tested across a wider gradient of stimuli than typically tested. In line with previous work, we found that bees given a positive experience demonstrated judgement bias, being more likely to visit ambiguous stimuli. However, bees were also less likely to visit a stimulus on the other side of the rewarded stimulus (S+), and as such had a shifted stimulus response curve, showing a diminished peak shift response. In two follow-up experiments we tested the hypothesis that our manipulation altered bees’ stimulus response curves via changes to the peak shift response by reducing peak shift in controls. We found that, in support of our hypothesis, elimination of peak shift also eliminated differences between treatments. Our results point towards a cognitive explanation of ‘optimistic’ behaviour in non-human animals and offer a new paradigm for considering emotion-like states.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2028613</t>
+    <t>2028613; 2445480</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>