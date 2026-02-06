--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,193 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...68 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10483261</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1080/07370008.2022.2156512</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>“That is Still STEM”: Appropriating the Engineering Design Process to Challenge Dominant Narratives of Engineering and STEM</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Watkins, Jessica</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Cognition and Instruction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>405 to 435</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0737-0008</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Teachers can play critical roles in challenging or reinscribing dominant narratives about what counts as STEM, who is seen within STEM disciplines, and how these disciplines should be taught. However, teachers have often experienced STEM in limited ways in their own education and are thereby provided with few resources for re-imagining these disciplines. While teacher educators have designed learning environments that engage teachers in new forms of disciplinary activities, there have been few accounts that describe how teachers make connections between these experiences and dominant narratives that impact their own and their students’ learning. In this study, I report on the experiences of Alma, a white, working-class, female elementary teacher in an online graduate certificate program for K-12 engineering educators. Through her engagement in engineering design in the program, Alma appropriated—transformed and made her own—discourse of the engineering design process in ways that trouble some of the narratives that restrict her, her family, and her students in STEM and in school. Alma’s experiences emphasize the need to consider not just what teachers learn about disciplinary tools and discourses, but how they transform these for their own purposes and contexts.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1720334</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Cognition and Instruction</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>