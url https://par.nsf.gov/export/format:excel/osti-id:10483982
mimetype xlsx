--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10483982</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>StarCoder: May the Source be With You!</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, R.; Allal, L. B.; Zi, Y.; Muennighoff, N.; Kocetkov, D.; Mou, C.; Marone, M.; Akiki, C.; Li, J.; Chim, J.; Liu, Q.; Zheltonozhskii, E.; Zhuo, T. Y.; Wang, T.; Dehaene, O.; Davaadorj, M.; Lamy-Poirier, J.; Monteiro, J.; Shliazhko, O.; Gontier, N.; Meade, N.; Randy, A.; Yee, M-H.; Umapathi, L. K.; Zhu, J.; Lipkin, B.; Oblokulov, M.; Wang, Z.; Murthy, R.; Stillerman, J.; Patel, S. S.; Abulkhanov, D.; Zocca, M.; Dey, M.; Zhang, Z.; Fahmy, N.; Bhattacharyya, U.; Gunasekar, S.; Yu, W.; Singh, S.; Luccioni, S.; Villegas, P.; Kunakov, M.; Zhdanov, F.; Romero, M.; Lee, T.; Timor, N.; Ding, J.; Schlesinger, C.; Schoelkopf, H.; Ebert, J.; Dao, T.; Mishra, M.; Gu, A.; Robinson, J.; Anderson, C. J.; Dolan-Gavitt, B.; Contractor, D.; Reddy, S.; Fried, D.; Bahdanau, D.; Jernite, Y.; Ferrandis, C. M.; Hughes, S.; Wolf, T.; Guha, A.; von Werra, L.; de Vries, H.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Durrett, G</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-17T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Transactions on machine learning research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2835-8856</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The BigCode community, an open-scientific collaboration working on the responsible development of Large Language Models for Code (Code LLMs), introduces StarCoder and StarCoderBase: 15.5B parameter models with 8K context length, infilling capabilities and fast large-batch inference enabled by multi-query attention. StarCoderBase is trained on 1 trillion tokens sourced from The Stack, a large collection of permissively licensed GitHub repositories with inspection tools and an opt-out process. We fine-tuned StarCoderBase on 35B Python tokens, resulting in the creation of StarCoder. We perform the most comprehensive evaluation of Code LLMs to date and show that StarCoderBase outperforms every open Code LLM that supports multiple programming languages and matches or outperforms the OpenAI code-cushman-001 model. Furthermore, StarCoder outperforms every model that is fine-tuned on Python, can be prompted to achieve 40% pass@1 on HumanEval, and still retains its performance on other programming languages. We take several important steps towards a safe open-access model release, including an improved PII redaction pipeline and a novel attribution tracing tool, and make the StarCoder models publicly available under a more commercially viable version of the Open Responsible AI Model license.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2102288</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>OpenReview</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>