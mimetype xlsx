--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10484167</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/acff70</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>First M87 Event Horizon Telescope Results. IX. Detection of Near-horizon Circular Polarization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Akiyama, Kazunori; Alberdi, Antxon; Alef, Walter; Algaba, Juan Carlos; Anantua, Richard; Asada, Keiichi; Azulay, Rebecca; Bach, Uwe; Baczko, Anne-Kathrin; Ball, David; Baloković, Mislav; Barrett, John; Bauböck, Michi; Benson, Bradford A.; Bintley, Dan; Blackburn, Lindy; Blundell, Raymond; Bouman, Katherine L.; Bower, Geoffrey C.; Boyce, Hope; Bremer, Michael; Brinkerink, Christiaan D.; Brissenden, Roger; Britzen, Silke; Broderick, Avery E.; Broguiere, Dominique; Bronzwaer, Thomas; Bustamante, Sandra; Byun, Do-Young; Carlstrom, John E.; Ceccobello, Chiara; Chael, Andrew; Chan, Chi-kwan; Chang, Dominic O.; Chatterjee, Koushik; Chatterjee, Shami; Chen, Ming-Tang; Chen 陈, Yongjun 永军; Cheng, Xiaopeng; Cho, Ilje; Christian, Pierre; Conroy, Nicholas S.; Conway, John E.; Cordes, James M.; Crawford, Thomas M.; Crew, Geoffrey B.; Cruz-Osorio, Alejandro; Cui 崔, Yuzhu 玉竹; Dahale, Rohan; Davelaar, Jordy; De Laurentis, Mariafelicia; Deane, Roger; Dempsey, Jessica; Desvignes, Gregory; Dexter, Jason; Dhruv, Vedant; Doeleman, Sheperd S.; Dougal, Sean; Dzib, Sergio A.; Eatough, Ralph P.; Emami, Razieh; Falcke, Heino; Farah, Joseph; Fish, Vincent L.; Fomalont, Ed; Ford, H. Alyson; Foschi, Marianna; Fraga-Encinas, Raquel; Freeman, William T.; Friberg, Per; Fromm, Christian M.; Fuentes, Antonio; Galison, Peter; Gammie, Charles F.; García, Roberto; Gentaz, Olivier; Georgiev, Boris; Goddi, Ciriaco; Gold, Roman; Gómez-Ruiz, Arturo I.; Gómez, José L.; Gu 顾, Minfeng 敏峰; Gurwell, Mark; Hada, Kazuhiro; Haggard, Daryl; Haworth, Kari; Hecht, Michael H.; Hesper, Ronald; Heumann, Dirk; Ho 何, Luis C.; Ho, Paul; Honma, Mareki; Huang, Chih-Wei L.; Huang 黄, Lei 磊; Hughes, David H.; Ikeda, Shiro; Impellizzeri, C. M.; Inoue, Makoto; Issaoun, Sara; James, David J.; Jannuzi, Buell T.; Janssen, Michael; Jeter, Britton; Jiang 江, Wu 悟; Jiménez-Rosales, Alejandra; Johnson, Michael D.; Jorstad, Svetlana; Joshi, Abhishek V.; Jung, Taehyun; Karami, Mansour; Karuppusamy, Ramesh; Kawashima, Tomohisa; Keating, Garrett K.; Kettenis, Mark; Kim, Dong-Jin; Kim, Jae-Young; Kim, Jongsoo; Kim, Junhan; Kino, Motoki; Koay, Jun Yi; Kocherlakota, Prashant; Kofuji, Yutaro; Koch, Patrick M.; Koyama, Shoko; Kramer, Carsten; Kramer, Joana A.; Kramer, Michael; Krichbaum, Thomas P.; Kuo, Cheng-Yu; La Bella, Noemi; Lauer, Tod R.; Lee, Daeyoung; Lee, Sang-Sung; Leung, Po Kin; Levis, Aviad; Li 李, Zhiyuan 志远; Lico, Rocco; Lindahl, Greg; Lindqvist, Michael; Lisakov, Mikhail; Liu 刘, Jun 俊; Liu, Kuo; Liuzzo, Elisabetta; Lo, Wen-Ping; Lobanov, Andrei P.; Loinard, Laurent; Lonsdale, Colin J.; Lowitz, Amy E.; Lu 路, Ru-Sen 如森; MacDonald, Nicholas R.; Mao 毛, Jirong 基荣; Marchili, Nicola; Markoff, Sera; Marrone, Daniel P.; Marscher, Alan P.; Martí-Vidal, Iván; Matsushita, Satoki; Matthews, Lynn D.; Medeiros, Lia; Menten, Karl M.; Michalik, Daniel; Mizuno, Izumi; Mizuno, Yosuke; Moran, James M.; Moriyama, Kotaro; Moscibrodzka, Monika; Mulaudzi, Wanga; Müller, Cornelia; Müller, Hendrik; Mus, Alejandro; Musoke, Gibwa; Myserlis, Ioannis; Nadolski, Andrew; Nagai, Hiroshi; Nagar, Neil M.; Nakamura, Masanori; Narayan, Ramesh; Narayanan, Gopal; Natarajan, Iniyan; Nathanail, Antonios; Fuentes, Santiago Navarro; Neilsen, Joey; Neri, Roberto; Ni, Chunchong; Noutsos, Aristeidis; Nowak, Michael A.; Oh, Junghwan; Okino, Hiroki; Olivares, Héctor; Ortiz-León, Gisela N.; Oyama, Tomoaki; Özel, Feryal; Palumbo, Daniel C.; Paraschos, Georgios Filippos; Park, Jongho; Parsons, Harriet; Patel, Nimesh; Pen, Ue-Li; Pesce, Dominic W.; Piétu, Vincent; Plambeck, Richard; PopStefanija, Aleksandar; Porth, Oliver; Pötzl, Felix M.; Prather, Ben; Preciado-López, Jorge A.; Psaltis, Dimitrios; Pu, Hung-Yi; Ramakrishnan, Venkatessh; Rao, Ramprasad; Rawlings, Mark G.; Raymond, Alexander W.; Rezzolla, Luciano; Ricarte, Angelo; Ripperda, Bart; Roelofs, Freek; Rogers, Alan; Romero-Cañizales, Cristina; Ros, Eduardo; Roshanineshat, Arash; Rottmann, Helge; Roy, Alan L.; Ruiz, Ignacio; Ruszczyk, Chet; Rygl, Kazi L.; Sánchez, Salvador; Sánchez-Argüelles, David; Sánchez-Portal, Miguel; Sasada, Mahito; Satapathy, Kaushik; Savolainen, Tuomas; Schloerb, F. Peter; Schonfeld, Jonathan; Schuster, Karl-Friedrich; Shao, Lijing; Shen 沈, Zhiqiang 志强; Small, Des; Sohn, Bong Won; SooHoo, Jason; Sosapanta Salas, León David; Souccar, Kamal; Sun 孙, He 赫; Tazaki, Fumie; Tetarenko, Alexandra J.; Tiede, Paul; Tilanus, Remo P.; Titus, Michael; Torne, Pablo; Toscano, Teresa; Traianou, Efthalia; Trent, Tyler; Trippe, Sascha; Turk, Matthew; van Bemmel, Ilse; van Langevelde, Huib Jan; van Rossum, Daniel R.; Vos, Jesse; Wagner, Jan; Ward-Thompson, Derek; Wardle, John; Washington, Jasmin E.; Weintroub, Jonathan; Wharton, Robert; Wielgus, Maciek; Wiik, Kaj; Witzel, Gunther; Wondrak, Michael F.; Wong, George N.; Wu 吴, Qingwen 庆文; Yadlapalli, Nitika; Yamaguchi, Paul; Yfantis, Aristomenis; Yoon, Doosoo; Young, André; Young, Ken; Younsi, Ziri; Yu 于, Wei 威; Yuan 袁, Feng 峰; Yuan 袁, Ye-Fei 业飞; Zensus, J. Anton; Zhang, Shuo; Zhao, Guang-Yao; Zhao 赵, Shan-Shan 杉杉</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>The Event Horizon Telescope Collaboration</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>957</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L20</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Event Horizon Telescope (EHT) observations have revealed a bright ring of emission around the supermassive black hole at the center of the M87 galaxy. EHT images in linear polarization have further identified a coherent spiral pattern around the black hole, produced from ordered magnetic fields threading the emitting plasma. Here we present the first analysis of circular polarization using EHT data, acquired in 2017, which can potentially provide additional insights into the magnetic fields and plasma composition near the black hole. Interferometric closure quantities provide convincing evidence for the presence of circularly polarized emission on event-horizon scales. We produce images of the circular polarization using both traditional and newly developed methods. All methods find a moderate level of resolved circular polarization across the image (〈∣&lt;italic&gt;v&lt;/italic&gt;∣〉 &lt; 3.7%), consistent with the low image-integrated circular polarization fraction measured by the Atacama Large Millimeter/submillimeter Array (∣&lt;italic&gt;v&lt;/italic&gt;&lt;sub&gt;int&lt;/sub&gt;∣ &lt; 1%). Despite this broad agreement, the methods show substantial variation in the morphology of the circularly polarized emission, indicating that our conclusions are strongly dependent on the imaging assumptions because of the limited baseline coverage, uncertain telescope gain calibration, and weakly polarized signal. We include this upper limit in an updated comparison to general relativistic magnetohydrodynamic simulation models. This analysis reinforces the previously reported preference for magnetically arrested accretion flow models. We find that most simulations naturally produce a low level of circular polarization consistent with our upper limit and that Faraday conversion is likely the dominant production mechanism for circular polarization at 230 GHz in M87*.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2034306; 1852617; 2307887; 1935980</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>