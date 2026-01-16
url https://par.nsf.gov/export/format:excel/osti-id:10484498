--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,100 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10484498</t>
-[...8 lines deleted...]
-    <t>Metcalfe, Travis S. (ORCID:0000000340340416); Strassmeier, Klaus G. (ORCID:0000000261926494); Ilyin, Ilya V. (ORCID:000000020551046X); Buzasi, Derek (ORCID:000000021988143X); Kochukhov, Oleg (ORCID:0000000330614591); Ayres, Thomas R. (ORCID:0000000212425124); Basu, Sarbani (ORCID:0000000261633472); Chontos, Ashley (ORCID:0000000311252564); Finley, Adam J. (ORCID:0000000230209409); See, Victor (ORCID:0000000159863423); Stassun, Keivan G. (ORCID:0000000234819052); van Saders, Jennifer L. (ORCID:0000000242848638); Sepulveda, Aldo G. (ORCID:0000000286212682); Ricker, George R. (ORCID:0000000320586662)</t>
+    <t>10567701</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-01-05T05:00:00Z</t>
-[...15 lines deleted...]
- &lt;p&gt;The consistently low activity level of the old solar analog 51 Peg not only facilitated the discovery of the first hot Jupiter, but also led to the suggestion that the star could be experiencing a magnetic grand minimum. However, the 50 yr time series showing minimal chromospheric variability could also be associated with the onset of weakened magnetic braking (WMB), where sufficiently slow rotation disrupts cycling activity and the production of large-scale magnetic fields by the stellar dynamo, thereby shrinking the Alfvén radius and inhibiting the efficient loss of angular momentum to magnetized stellar winds. In this Letter, we evaluate the magnetic evolutionary state of 51 Peg by estimating its wind braking torque. We use new spectropolarimetric measurements from the Large Binocular Telescope to reconstruct the large-scale magnetic morphology, we reanalyze archival X-ray measurements to estimate the mass-loss rate, and we detect solar-like oscillations in photometry from the Transiting Exoplanet Survey Satellite, yielding precise stellar properties from asteroseismology. Our estimate of the wind braking torque for 51 Peg clearly places it in the WMB regime, driven by changes in the mass-loss rate and the magnetic field strength and morphology that substantially exceed theoretical expectations. Although our revised stellar properties have minimal consequences for the characterization of the exoplanet, they have interesting implications for the current space weather environment of the system.&lt;/p&gt;</t>
+    <t>STEMentor: A Mentorship Typology for Supporting Effective Youth-Mentor Interactions in Rural Communities</t>
+  </si>
+  <si>
+    <t>Bhaduri, Srinjita; Biddy, Quentin</t>
+  </si>
+  <si>
+    <t>2024-04-13T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Rural youth need more opportunities to participate in enriching STEM experiences and career pathways compared to their peers in urban areas. This study explores local mentors' role in shaping these pathways and addressing challenges related to STEM mentoring for rural youth. Through a three-year STEM program incorporating programmable sensor and 3D printing technology curricula, we establish a typology of mentors and examine their interactions with middle school youth. Analyzing recorded youth-mentor interactions, we identified several practical mentoring approaches. Our findings highlight the crucial contribution of mentors in the rural STEM learning ecosystem, as they foster possibilities and open avenues for disadvantaged youth to envision bright futures and dream of exciting opportunities in STEM.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2205026; 2205919; 2205888</t>
+    <t>1948709</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>Article No. L6</t>
-[...5 lines deleted...]
-    <t>DOI PREFIX: 10.3847</t>
+    <t>Conference Paper</t>
+  </si>
+  <si>
+    <t>American Education Research Association</t>
+  </si>
+  <si>
+    <t>Philedelphia, PA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -289,96 +273,90 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...13 lines deleted...]
-      </c>
+      <c r="H2" s="0"/>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
-      <c r="L2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="X2" s="0"/>
+        <v>36</v>
+      </c>
+      <c r="X2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>