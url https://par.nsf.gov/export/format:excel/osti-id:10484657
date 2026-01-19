--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10484657</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.19542</t>
   </si>
   <si>
     <t>Environmental conical nozzle levitator equipped with dual wavelength lasers</t>
   </si>
   <si>
-    <t>Thorpe, Fox [Department of Chemical Engineering University of California  Davis California USA]; Li, Trevor [Department of Materials Science and Engineering University of California  Davis California USA]; Weber, Richard [Materials Development Inc.  Evanston Illinois USA]; McCormack, Scott J. [Department of Materials Science and Engineering University of California  Davis California USA] (ORCID:0000000207153451)</t>
+    <t>Thorpe, Fox [Department of Chemical Engineering University of California  Davis California USA]; Li, Trevor [Department of Materials Science and Engineering University of California  Davis California USA]; Weber, Richard [Materials Development Inc.  Evanston Illinois USA]; McCormack, Scott_J [Department of Materials Science and Engineering University of California  Davis California USA] (ORCID:0000000207153451)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-11-20T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The environmental conical nozzle levitator (E‐CNL) with dual‐wavelength lasers is an extreme environment materials characterization system that was designed to investigate ultra‐high‐temperature materials: refractory metals, oxides, carbides, and borides above 3000 K in a controlled atmosphere. This article details the characterizations using this system to establish its high‐temperature capabilities and to outline ongoing work on materials under extreme conditions. The system has been used to measure the melting point of several oxide materials (TiO&lt;sub&gt;2&lt;/sub&gt;, Tm = 2091 ± 3 K; Al&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;3&lt;/sub&gt;, Tm = 2310 3 K; ZrO&lt;sub&gt;2&lt;/sub&gt;, Tm = 2984 31 K; and HfO&lt;sub&gt;2&lt;/sub&gt;, Tm = 3199 ± 45 K) and several air‐sensitive refractory metals (Ni, Tm = 1740 K; Ti, Tm = 1983 K; Nb, Tm = 2701 K; and Ta, Tm = 3368 K—note: mean ± standard deviation) during levitation which matched literature values within 0.17–2.43 % demonstrating high accuracy and precision. This containerless measurement approach is critical for probing properties without container‐derived contamination, and dual‐wavelength laser heating is essential to heat both relatively poor electrical conductors (some refractory metals and carbides) and insulators (oxides). The highest temperature achieved utilizing both lasers in these experiments was ∼4250 ± 34 K on a 76.6 mg, molten HfO&lt;sub&gt;2&lt;/sub&gt;sample using a normal spectral emissivity of 0.91. Stable levitation was demonstrated on spherical samples (yttria‐stabilized zirconia) while adjusting levitation gas composition from pure oxygen to pure argon, verifying atmospheric control up to 3173 K on solid or molten samples. These successes demonstrate the viability of in situ high‐temperature environmentally controlled studies potentially up to 4000 K on all classes of ultra‐high‐temperature materials in one system. These measurements highlight the E‐CNL system will be essential for the development of next‐generation ultra‐high‐temperature materials for hypersonic platforms, nuclear fission and fusion, and space exploration.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>