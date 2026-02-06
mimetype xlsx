--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10484709</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3550471.3564764</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Directing Tangible Controllers with Computer Vision and Beholder</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gyory, Peter; Ranjan, Krithik; Yong, Zhen Zhou; Zheng, Clement; Do, Ellen Yi-Luen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-22T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 2</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9781450394727</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present Beholder, a computer vision (CV) toolkit for building tangible controllers for interactive computer systems. Beholder facilitates designers to build physical inputs that are instrumented with CV markers. By observing the properties of these markers, a CV system can detect physical interactions that occur. Beholder provides a software editor that enables designers to map CV marker behavior to keyboard events; thus connecting the CV-driven tangible controllers to any software that responds to keyboard input. We propose three design scenarios for Beholder—controllers to support everyday work, alternative controllers for games, and transforming physical therapy equipment into controllers to monitor patient progress.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2040489</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Daegu Republic of Korea</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>