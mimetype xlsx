--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10484711</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3544548.3580643</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Marking Material Interactions with Computer Vision</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gyory, Peter; Bae, S. Sandra; Yang, Ruhan; Do, Ellen Yi-Luen; Zheng, Clement</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 17</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9781450394215</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The electronics-centered approach to physical computing presents challenges when designers build tangible interactive systems due to its inherent emphasis on circuitry and electronic components. To explore an alternative physical computing approach we have developed a computer vision (CV) based system that uses a webcam, computer, and printed fiducial markers to create functional tangible interfaces. Through a series of design studios, we probed how designers build tangible interfaces with this CV-driven approach. In this paper, we apply the annotated portfolio method to reflect on the fifteen outcomes from these studios. We observed that CV markers offer versatile materiality for tangible interactions, afford the use of democratic materials for interface construction, and engage designers in embodied debugging with their own vision as a proxy for CV. By sharing our insights, we inform other designers and educators who seek alternative ways to facilitate physical computing and tangible interaction design.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2040489</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Hamburg Germany</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>