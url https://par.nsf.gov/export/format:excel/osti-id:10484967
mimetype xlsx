--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -134,51 +134,51 @@
   <si>
     <t>2</t>
   </si>
   <si>
     <t>8755-2930</t>
   </si>
   <si>
     <t>&lt;p&gt;Post-disaster housing recovery models increase our understanding of recovery dynamics, vulnerable populations, and how people are affected by the direct losses that disasters create. Past recovery models have focused on single-family owner-occupied housing, while empirical evidence shows that rental units and multi-family housing are disadvantaged in post-disaster recovery. To fill this gap, this article presents an agent-based housing recovery model that includes the four common type–tenure combinations of single- and multi-family owner- and renter-occupied housing. The proposed model accounts for the different recovery processes, emphasizing funding sources available to each type–tenure. The outputs of our model include the timing of financing and recovery at building resolution across a community. We demonstrate the model with a case study of Alameda, California, recovering from a simulated M7.0 earthquake on the Hayward fault. The processes in the model replicate higher non-recovery of multi-family housing than single-family housing, as observed in past disasters, and a heavy reliance of single-family renter-occupied units on Small Business Administration funding, which is expected due to low earthquake insurance penetration. The simulation results indicate that multi-family housing would have the highest portion of unmet need remaining; however, some buildings with unmet needs are anticipated to be able to obtain a large portion of their funding. The remaining portion may be filled using personal financing or may be overcome with downsizing or downgrades. Multi-family housing would also benefit the most from Community Development Block Grants for Disaster Recovery (CDBG-DR). This benefit is a result of modeling the financing sources, that CDBG-DR is available, and that many multi-family buildings do not qualify for other sources. Communities’ allocation of public funding is important for housing recovery. Our model can help inform and compare potential financing policies to allocate public funds.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2053014</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 1353-1375</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>SAGE Publications</t>
+    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>