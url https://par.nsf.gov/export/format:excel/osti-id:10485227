--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10485227</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1021/acs.est.3c05686</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Electrostatics Control Nanoparticle Interactions with Model and Native Cell Walls of Plants and Algae</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jeon, Su-Ji; Hu, Peiguang; Kim, Kyoungtea; Anastasia, Caroline M.; Kim, Hye-In; Castillo, Christopher; Ahern, Colleen B.; Pedersen, Joel A.; Fairbrother, D. Howard; Giraldo, Juan Pablo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-05T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Environmental Science &amp; Technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>19663 to 19677</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0013-936X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A lack of mechanistic understanding of nanomaterial interactions with plants and algae cell walls limits the advancement of nanotechnology-based tools for sustainable agriculture. We systematically investigated the influence of nanoparticle charge on the interactions with model cell wall surfaces built with cellulose or pectin and performed a comparative analysis with native cell walls of Arabidopsis plants and green algae (Choleochaete). The high affinity of positively charged carbon dots (CDs) (46.0 ± 3.3 mV, 4.3 ± 1.5 nm) to both model and native cell walls was dominated by the strong ionic bonding between the surface amine groups of CDs and the carboxyl groups of pectin. In contrast, these CDs formed weaker hydrogen bonding with the hydroxyl groups of cellulose model surfaces. The CDs of similar size with negative (−46.2 ± 1.1 mV, 6.6 ± 3.8 nm) or neutral (−8.6 ± 1.3 mV, 4.3 ± 1.9 nm) ζ-potentials exhibited negligible interactions with cell walls. Real-time monitoring of CD interactions with model pectin cell walls indicated higher absorption efficiency (3.4 ± 1.3 10−9) and acoustic mass density (313.3 ± 63.3 ng cm–2) for the positively charged CDs than negative and neutral counterparts (p &lt; 0.001 and p &lt; 0.01, respectively). The surface charge density of the positively charged CDs significantly enhanced these electrostatic interactions with cell walls, pointing to approaches to control nanoparticle binding to plant biosurfaces. Ca2+-induced cross-linking of pectin affected the initial absorption efficiency of the positively charged CD on cell wall surfaces (∼3.75 times lower) but not the accumulation of the nanoparticles on cell wall surfaces. This study developed model biosurfaces for elucidating fundamental interactions of nanomaterials with cell walls, a main barrier for nanomaterial translocation in plants and algae in the environment, and for the advancement of nanoenabled agriculture with a reduced environmental impact.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2001611</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Chemical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>