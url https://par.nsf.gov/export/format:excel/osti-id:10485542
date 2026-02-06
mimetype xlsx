--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10485542</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/FIE44824.2020.9274075</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Coherence and Transfer of Complex Learning with Fourier Analysis Learning Trajectories for Engineering Mathematics Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ekici, Celil; Mehrubeoglu, Mehrube; Palaniappan, Devanayagam; Alagoz, Cigdem</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Frontiers in Education (FIE)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 9</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-7281-8961-1</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Fourier analysis learning trajectories are investigated in this full paper as a joint interdisciplinary construct for a scholarly collaboration among engineering and mathematics faculty. This is a dynamic and recursive construct for aligning, developing, and sharing research based innovative practices for engineering mathematics education. Towards building more coherence and transfer of learning between engineering and mathematics courses, these trajectories offer experimental practice templates for the interdisciplinary community of practice for engineering mathematics education. Conjectured learning trajectories for Fourier analysis thinking are here articulated and experimented in three courses - Trigonometry, Linear Algebra, and Signal Processing. Informed by the interdisciplinary perspectives from the team, these trajectories help to design instruction to support the complex learning of the mathematical, and engineering foundations for the advanced mathematical concepts and practices such as Fourier Analysis for engineers. The re- sults highlight the impact of collaborative, interdisciplinary, and innovative practices within and across courses to purposefully build and refine instruction to foster coherence and transfer with learning trajectories across mathematics and engineering courses for engineering majors. This offers a transformative process towards an interdisciplinary engineering mathematics education. The valid assessment and measurement of complex learning outcomes along learning trajectories are discussed for engineering mathematics education, paving the pathway for our future research direction.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1725952</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>pdf</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Uppsala, Sweden</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>