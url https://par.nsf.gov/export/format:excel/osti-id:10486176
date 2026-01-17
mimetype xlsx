--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-01-16T05:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;We used 29 high-resolution line-of-sight magnetograms acquired with the Goode Solar Telescope (GST) in a quiet-Sun area to extrapolate a series of potential field configurations and study their time variations. The study showed that there are regions that consistently exhibit changes in loop connectivity, whereas other vast areas do not show such changes. Analysis of the topological features of the potential fields indicates that the photospheric footprint of the separatrix between open- and closed-loop systems closely matches the roots of rapid blue- and redshifted excursions, which are disk counterparts of type II spicules. There is a tendency for the footpoints of the observed H&lt;sub&gt;&lt;italic&gt;α&lt;/italic&gt;&lt;/sub&gt;features to be cospatial with the footpoints of the loops that most frequently change their connectivity, while the area occupied by the open fields that did not show any significant and persistent connectivity changes is void of prominent jet and spicular activity. We also detected and tracked magnetic elements using the Southwest Automatic Magnetic Identification Suite and GST magnetograms, which allowed us to construct artificial magnetograms and calculate the corresponding potential field configurations. Analysis of the artificial data showed tendencies similar to those found for the observed data. The present study suggests that a significant amount of chromospheric activity observed in the far wings of the H&lt;sub&gt;&lt;italic&gt;α&lt;/italic&gt;&lt;/sub&gt;spectral line may be generated by reconnecting closed-loop systems and canopy fields consisting of “open” field lines.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2309939; 1821294; 2108235; 2300341</t>
+    <t>2309939; 1821294; 2108235; 2300341; 2114201</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Article No. 79</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>