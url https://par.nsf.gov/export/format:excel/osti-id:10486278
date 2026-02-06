--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,308 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10486278</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Efficient Decoding of Compositional Structure in Holistic Representations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kleyko, Denis; Bybee, Connor; Huang, Ping-Chen; Kymn, Christopher J.; Olshausen, Bruno A.; Frady, E. Paxon; Sommer, Friedrich T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Neural computation</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0899-7667</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We investigate the task of retrieving information from compositional distributed representations formed by hyperdimensional computing/vector symbolic architectures and present novel techniques that achieve new
+information rate bounds. First, we provide an overview of the decoding techniques that can be used to approach the retrieval task. The techniques are categorized into four groups. We then evaluate the considered techniques
+in several settings that involve, for example, inclusion of external noise and storage elements with reduced precision. In particular, we find that the decoding techniques from the sparse coding and compressed sensing literature (rarely used for hyperdimensional computing/vector symbolic architectures) are also well suited for decoding information from the compositional distributed representations.Combining these decoding
+techniqueswith interference cancellation ideas from communications improves previously reported bounds (Hersche et al., 2021) of the information rate of the distributed representations from 1.20 to 1.40 bits per dimension for smaller codebooks and from 0.60 to 1.26 bits per dimension for larger codebooks.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1718991</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MIT Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>