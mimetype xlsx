--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10488076</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3623263.3623355</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Estimating Yarn Length for Machine-Knitted Structures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ohlson, Gabrielle; Bonilla Fominaya, Angelica M.; Puthuveetil, Kavya; Wang, Jenny; Amspoker, Emily; McCann, James</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-08T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 8th ACM Symposium on Computational Fabrication</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400703195</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We show that a linear model is sufficient to accurately estimate the quantity of yarn that goes into a knitted item produced on an automated knitting machine. Knitted fabrics are complex structures, yet their diverse properties arise from the arrangement of a small number of discrete, additive operations. One can estimate the masses of each of these basic yarn additions using linear regression and, in turn, use these masses to estimate the overall quantity (and local distribution) of yarn within any knitted fabric. Our proposed linear model achieves low error on a range of fabrics and generalizes to different yarns and stitch sizes. This paves the way for applications where having a known yarn distribution is important for accuracy (e.g., simulation) or cost estimation (e.g., design).</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1955444</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>New York City, NY, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>