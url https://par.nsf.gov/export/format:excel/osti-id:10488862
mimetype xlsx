--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10488862</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10533-023-01104-0</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Elevated temperature and nutrients lead to increased N2O emissions from salt marsh soils from cold and warm climates</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Comer-Warner, Sophie A.; Ullah, Sami; Dey, Arunabha; Stagg, Camille L.; Elsey-Quirk, Tracy; Swarzenski, Christopher M.; Sgouridis, Fotis; Krause, Stefan; Chmura, Gail L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Biogeochemistry</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>167</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>21 to 37</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1573-515X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Salt marshes can attenuate nutrient pollution and store large amounts of ‘blue carbon’ in their soils, however, the value of sequestered carbon may be partially offset by nitrous oxide (N&lt;sub&gt;2&lt;/sub&gt;O) emissions. Global climate and land use changes result in higher temperatures and inputs of reactive nitrogen (Nr) into coastal zones. Here, we investigated the combined effects of elevated temperature (ambient + 5℃) and Nr (double ambient concentrations) on nitrogen processing in marsh soils from two climatic regions (Quebec, Canada and Louisiana, U.S.) with two vegetation types,&lt;italic&gt;Sporobolus alterniflorus&lt;/italic&gt;(= &lt;italic&gt;Spartina alterniflora&lt;/italic&gt;) and&lt;italic&gt;Sporobolus pumilus&lt;/italic&gt;(= &lt;italic&gt;Spartina patens&lt;/italic&gt;), using 24-h laboratory incubation experiments. Potential N&lt;sub&gt;2&lt;/sub&gt;O fluxes increased from minor sinks to major sources following elevated treatments across all four marsh sites. One day of potential N&lt;sub&gt;2&lt;/sub&gt;O emissions under elevated treatments (representing either long-term sea surface warming or short-term ocean heatwaves effects on coastal marsh soil temperatures alongside pulses of N loading) offset 15–60% of the potential annual ambient N&lt;sub&gt;2&lt;/sub&gt;O sink, depending on marsh site and vegetation type. Rates of potential denitrification were generally higher in high latitude than in low latitude marsh soils under ambient treatments, with low ratios of N&lt;sub&gt;2&lt;/sub&gt;O:N&lt;sub&gt;2&lt;/sub&gt;indicating complete denitrification in high latitude marsh soils. Under elevated temperature and Nr treatments, potential denitrification was lower in high latitude soil but higher in low latitude soil as compared to ambient conditions, with incomplete denitrification observed except in Louisiana&lt;italic&gt;S. pumilus&lt;/italic&gt;. Overall, our findings suggest that a combined increase in temperature and Nr has the potential to reduce salt marsh greenhouse gas (GHG) sinks under future global change scenarios.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1935555</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer Nature</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>