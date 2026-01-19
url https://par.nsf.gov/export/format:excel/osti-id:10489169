--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-02-02T05:00:00Z</t>
   </si>
   <si>
     <t>Communications Biology</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2399-3642</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Coral reef biodiversity is maintained by a complex network of nutrient recycling among organisms. Sponges assimilate nutrients produced by other organisms like coral and algae, releasing them as particulate and dissolved matter, but to date, only a single trophic link between sponge-derived dissolved matter and a macroalgae has been identified. We sought to determine if sponge-coral nutrient exchange is reciprocal using a stable isotope ‘pulse-chase’ experiment to trace the uptake of&lt;sup&gt;13&lt;/sup&gt;C and&lt;sup&gt;15&lt;/sup&gt;N sponge-derived matter by the coral holobiont for three coral species (&lt;italic&gt;Acropora cervicornis, Orbicella faveolata&lt;/italic&gt;, and&lt;italic&gt;Eunicea flexuosa&lt;/italic&gt;). Coral holobionts incorporated 2.3–26.8x more&lt;sup&gt;15&lt;/sup&gt;N than&lt;sup&gt;13&lt;/sup&gt;C from sponge-derived matter and&lt;italic&gt;A. cervicornis&lt;/italic&gt;incorporated more of both C and N than the other corals. Differential isotopic incorporation among coral species aligns with their ecophysiological characteristics (e.g., morphology, Symbiodiniaceae density). Our results elucidate a recycling pathway on coral reefs that has implications for improving coral aquaculture and management approaches.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1923962</t>
+    <t>1923962; 1924540</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature Publishing Group</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>