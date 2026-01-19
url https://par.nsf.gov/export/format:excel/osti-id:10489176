--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -86,96 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10489176</t>
-[...8 lines deleted...]
-    <t>Tan, Xinyu; Rengaswamy, Narayanan; Calderbank, Robert</t>
+    <t>10076369</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1039/C8GC00954F</t>
+  </si>
+  <si>
+    <t>Renewable energy storage &lt;i&gt;via&lt;/i&gt; efficient reversible hydrogenation of piperidine captured CO &lt;sub&gt;2&lt;/sub&gt;</t>
+  </si>
+  <si>
+    <t>Lu, Mi; Zhang, Jianghao; Yao, Yao; Sun, Junming; Wang, Yong; Lin, Hongfei</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-09-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>0925-1022</t>
+    <t>2018-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Green Chemistry</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>4292 to 4298</t>
+  </si>
+  <si>
+    <t>1463-9262</t>
+  </si>
+  <si>
+    <t>The storage of renewable energy is the major hurdle during the transition of fossil resources to renewables. A possible solution is to convert renewable electricity to chemical energy carriers such as hydrogen for storage. Herein, a highly efficient formate-piperidine-adduct (FPA) based hydrogen storage system was developed. This system has shown rapid reaction kinetics of both hydrogenation of piperidine-captured CO              2              and dehydrogenation of the FPA over a carbon-supported palladium nano-catalyst under mild operating conditions. Moreover, the FPA solution based hydrogen storage system is advantageous owing to the generation of high-purity hydrogen, which is free of carbon monoxide and ammonia.              In situ              ATR-FTIR characterization was performed in order to provide insight into the reaction mechanisms involved. By integrating this breakthrough hydrogen storage system with renewable hydrogen and polymer electrolyte membrane fuel cells (PEMFC), in-demand cost-effective rechargeable hydrogen batteries could be realized for renewable energy storage.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1908730</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1748579</t>
+  </si>
+  <si>
+    <t>2018</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Springer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -309,72 +309,72 @@
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="L2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="W2" t="s" s="0">
         <v>41</v>
       </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>