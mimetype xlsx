--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2023-10-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Experimental Biology</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>0022-0949</t>
   </si>
   <si>
     <t>Thermoregulatory performance can be modified through changes in various subordinate traits, but the rate and magnitude of change in these traits is poorly understood. We investigated flexibility in traits that affect thermal balance between black-capped chickadees (Poecile atricapillus) acclimated for 6 weeks to cold (−5°C) or control (23°C) environments (n=7 per treatment). We made repeated measurements of basal and summit metabolic rates via flow-through respirometry and of body composition using quantitative magnetic resonance of live birds. At the end of the acclimation period, we measured thermal conductance of the combined feathers and skins. Cold-acclimated birds had a higher summit metabolic rate, reflecting a greater capacity for endogenous heat generation, and an increased lean mass. However, birds did not alter their thermal conductance. These results suggest that chickadees respond to cold stress by increasing their capacity for heat production rather than increasing heat retention, an energetically expensive strategy.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1928891; 1928871; 1928870</t>
+    <t>1928891; 1928871; 1928870; 1928802</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>