--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10490764</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1029/2022JG007259</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Characterizing Performance of Freshwater Wetland Methane Models Across Time Scales at FLUXNET‐CH &lt;sub&gt;4&lt;/sub&gt; Sites Using Wavelet Analyses</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Zhen; Bansal, Sheel; Chang, Kuang‐Yu; Fluet‐Chouinard, Etienne; Delwiche, Kyle; Goeckede, Mathias; Gustafson, Adrian; Knox, Sara; Leppänen, Antti; Liu, Licheng; Liu, Jinxun; Malhotra, Avni; Markkanen, Tiina; McNicol, Gavin; Melton, Joe R.; Miller, Paul A.; Peng, Changhui; Raivonen, Maarit; Riley, William J.; Sonnentag, Oliver; Aalto, Tuula; Vargas, Rodrigo; Zhang, Wenxin; Zhu, Qing; Zhu, Qiuan; Zhuang, Qianlai; Windham‐Myers, Lisamarie; Jackson, Robert B.; Poulter, Benjamin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Geophysical Research: Biogeosciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>128</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2169-8953</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Process‐based land surface models are important tools for estimating global wetland methane (CH&lt;sub&gt;4&lt;/sub&gt;) emissions and projecting their behavior across space and time. So far there are no performance assessments of model responses to drivers at multiple time scales. In this study, we apply wavelet analysis to identify the dominant time scales contributing to model uncertainty in the frequency domain. We evaluate seven wetland models at 23 eddy covariance tower sites. Our study first characterizes site‐level patterns of freshwater wetland CH&lt;sub&gt;4&lt;/sub&gt;fluxes (FCH&lt;sub&gt;4&lt;/sub&gt;) at different time scales. A Monte Carlo approach was developed to incorporate flux observation error to avoid misidentification of the time scales that dominate model error. Our results suggest that (a) significant model‐observation disagreements are mainly at multi‐day time scales (&lt;15 days); (b) most of the models can capture the CH&lt;sub&gt;4&lt;/sub&gt;variability at monthly and seasonal time scales (&gt;32 days) for the boreal and Arctic tundra wetland sites but have significant bias in variability at seasonal time scales for temperate and tropical/subtropical sites; (c) model errors exhibit increasing power spectrum as time scale increases, indicating that biases at time scales &lt;5 days could contribute to persistent systematic biases on longer time scales; and (d) differences in error pattern are related to model structure (e.g., proxy of CH&lt;sub&gt;4&lt;/sub&gt;production). Our evaluation suggests the need to accurately replicate FCH&lt;sub&gt;4&lt;/sub&gt;variability, especially at short time scales, in future wetland CH&lt;sub&gt;4&lt;/sub&gt;model developments.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1652594</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>