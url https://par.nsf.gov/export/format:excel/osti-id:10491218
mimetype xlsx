--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10491218</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s41597-023-02127-w</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Dataset of theoretical multinary perovskite oxides</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bare, Zachary J.; Morelock, Ryan J.; Musgrave, Charles B.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Scientific Data</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2052-4463</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Perovskite oxides (ternary chemical formula ABO&lt;sub&gt;3&lt;/sub&gt;) are a diverse class of materials with applications including heterogeneous catalysis, solid-oxide fuel cells, thermochemical conversion, and oxygen transport membranes. However, their multicomponent (chemical formula&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$${A}_{x}{A}_{1-x}^{\text{'}}{B}_{y}{B}_{1-y}^{\text{'}}{O}_{3}$$&lt;/tex-math&gt;&lt;math&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;A&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;x&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;A&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mi&gt;x&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;'&lt;/mo&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;B&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;y&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;B&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mi&gt;y&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;'&lt;/mo&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;O&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;) chemical space is underexplored due to the immense number of possible compositions. To expand the number of computed&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$${A}_{x}{A}_{1-x}^{{\prime} }{B}_{y}{B}_{1-y}^{{\prime} }{O}_{3}$$&lt;/tex-math&gt;&lt;math&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;A&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;x&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;A&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mi&gt;x&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;′&lt;/mo&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;B&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;y&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;B&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mi&gt;y&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;′&lt;/mo&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;O&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;compounds we report a dataset of 66,516 theoretical multinary oxides, 59,708 of which are perovskites. First, 69,407&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$${A}_{0.5}{A}_{0.5}^{{\prime} }{B}_{0.5}{B}_{0.5}^{{\prime} }{O}_{3}$$&lt;/tex-math&gt;&lt;math&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;A&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;0.5&lt;/mn&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;A&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;0.5&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;′&lt;/mo&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;B&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;0.5&lt;/mn&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;B&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;0.5&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;′&lt;/mo&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;O&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;compositions were generated in the&lt;italic&gt;a&lt;/italic&gt;&lt;sup&gt;−&lt;/sup&gt;&lt;italic&gt;b&lt;/italic&gt;&lt;sup&gt;+&lt;/sup&gt;&lt;italic&gt;a&lt;/italic&gt;&lt;sup&gt;&lt;italic&gt;−&lt;/italic&gt;&lt;/sup&gt;Glazer tilting mode using the computationally-inexpensive Structure Prediction and Diagnostic Software (SPuDS) program. Next, we optimized these structures with density functional theory (DFT) using parameters compatible with the Materials Project (MP) database. Our dataset contains these optimized structures and their formation (&lt;italic&gt;ΔH&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;f&lt;/italic&gt;&lt;/sub&gt;) and decomposition enthalpies (&lt;italic&gt;ΔH&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;d&lt;/italic&gt;&lt;/sub&gt;) computed relative to MP tabulated elemental references and competing phases, respectively. This dataset can be mined, used to train machine learning models, and rapidly and systematically expanded by optimizing more SPuDS-generated&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$${A}_{0.5}{A}_{0.5}^{{\prime} }{B}_{0.5}{B}_{0.5}^{{\prime} }{O}_{3}$$&lt;/tex-math&gt;&lt;math&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;A&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;0.5&lt;/mn&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;A&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;0.5&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;′&lt;/mo&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;B&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;0.5&lt;/mn&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;B&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;0.5&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;′&lt;/mo&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;O&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;perovskite structures using MP-compatible DFT calculations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2016225</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Nature Publishing Group</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>