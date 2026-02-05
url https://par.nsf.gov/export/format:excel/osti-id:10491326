--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10491326</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/science.abo0233</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Neptune-mass exoplanet in close orbit around a very low-mass star challenges formation models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Stefánsson, Guðmundur; Mahadevan, Suvrath; Miguel, Yamila; Robertson, Paul; Delamer, Megan; Kanodia, Shubham; Cañas, Caleb I.; Winn, Joshua N.; Ninan, Joe P.; Terrien, Ryan C.; Holcomb, Rae; Ford, Eric B.; Zawadzki, Brianna; Bowler, Brendan P.; Bender, Chad F.; Cochran, William D.; Diddams, Scott; Endl, Michael; Fredrick, Connor; Halverson, Samuel; Hearty, Fred; Hill, Gary J.; Lin, Andrea S.; Metcalf, Andrew J.; Monson, Andrew; Ramsey, Lawrence; Roy, Arpita; Schwab, Christian; Wright, Jason T.; Zeimann, Gregory</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>382</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6674</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1031 to 1035</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0036-8075</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Theories of planet formation predict that low-mass stars should rarely host exoplanets with masses exceeding that of Neptune. We used radial velocity observations to detect a Neptune-mass exoplanet orbiting LHS 3154, a star that is nine times less massive than the Sun. The exoplanet’s orbital period is 3.7 days, and its minimum mass is 13.2 Earth masses. We used simulations to show that the high planet-to-star mass ratio (&gt;3.5 × 10&lt;sup&gt;−4&lt;/sup&gt;) is not an expected outcome of either the core accretion or gravitational instability theories of planet formation. In the core-accretion simulations, we show that close-in Neptune-mass planets are only formed if the dust mass of the protoplanetary disk is an order of magnitude greater than typically observed around very low-mass stars.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108512; 2108493; 2108801</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Science</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>