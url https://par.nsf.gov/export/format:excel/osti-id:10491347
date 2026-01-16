--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10491347</t>
+    <t>10424828</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1145/3498331</t>
+  </si>
+  <si>
+    <t>Quantum Linear System Solver Based on Time-optimal Adiabatic Quantum Computing and Quantum Approximate Optimization Algorithm</t>
+  </si>
+  <si>
+    <t>An, Dong; Lin, Lin</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>LEARNING HUMAN-COMPATIBLE REPRESENTATIONS FOR CASE-BASED DECISION SUPPORT</t>
-[...11 lines deleted...]
-    <t>Algorithmic case-based decision support provides examples to help human make sense of predicted labels and aid human in decision-making tasks. Despite the promising performance of supervised learning, representations learned by supervised models may not align well with human intuitions: what models consider as similar examples can be perceived as distinct by humans. As a result, they have limited effectiveness in case-based decision support. In this work, we incorporate ideas from metric learning with supervised learning to examine the importance of alignment for effective decision support. In addition to instance-level labels, we use human-provided triplet judgments to learn human-compatible decision-focused representations. Using both synthetic data and human subject experiments in multiple classification tasks, we demonstrate that such representation is better aligned with human perception than representation solely optimized for classification. Human-compatible representations identify nearest neighbors that are perceived as more similar by humans and allow humans to make more accurate predictions, leading to substantial improvements in human decision accuracies (17.8% in butterfly vs. moth classification and 13.2% in pneumonia classification).</t>
+    <t>2022-06-30T04:00:00Z</t>
+  </si>
+  <si>
+    <t>ACM Transactions on Quantum Computing</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>1 to 28</t>
+  </si>
+  <si>
+    <t>2643-6809</t>
+  </si>
+  <si>
+    <t>We demonstrate that with an optimally tuned scheduling function, adiabatic quantum computing (AQC) can readily solve a quantum linear system problem (QLSP) with              O              (κ poly(log (κ ε))) runtime, where κ is the condition number, and ε is the target accuracy. This is near optimal with respect to both κ and ε, and is achieved without relying on complicated amplitude amplification procedures that are difficult to implement. Our method is applicable to general non-Hermitian matrices, and the cost as well as the number of qubits can be reduced when restricted to Hermitian matrices, and further to Hermitian positive definite matrices. The success of the time-optimal AQC implies that the quantum approximate optimization algorithm (QAOA) with an optimal control protocol can also achieve the same complexity in terms of the runtime. Numerical results indicate that QAOA can yield the lowest runtime compared to the time-optimal AQC, vanilla AQC, and the recently proposed randomization method.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2126602; 2040989</t>
-[...11 lines deleted...]
-    <t>Kigali</t>
+    <t>2016245</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -276,92 +285,96 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="W2" s="0"/>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>